--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -1,47 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C1F2D39" w14:textId="111745BD" w:rsidR="00700830" w:rsidRPr="00700830" w:rsidRDefault="009267D2" w:rsidP="00553837">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4513"/>
           <w:tab w:val="clear" w:pos="9026"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10092"/>
         </w:tabs>
         <w:ind w:right="2870"/>
         <w:rPr>
@@ -140,191 +138,455 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="215E99"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E2AA5F" w14:textId="1BE30FC1" w:rsidR="00553837" w:rsidRPr="007825C4" w:rsidRDefault="00553837" w:rsidP="00553837">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="215E99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62AEC64B" w14:textId="3AA9E637" w:rsidR="00553837" w:rsidRPr="007825C4" w:rsidRDefault="00553837" w:rsidP="00933224">
+    <w:p w14:paraId="62AEC64B" w14:textId="0C1905C5" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="00933224">
       <w:pPr>
         <w:pStyle w:val="IOPAff"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2700"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="215E99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Author Name</w:t>
+      </w:r>
+      <w:r w:rsidR="003D42B1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>¹*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Author Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="215E99"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4B9233" w14:textId="77777777" w:rsidR="00DF03E5" w:rsidRPr="0025603B" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="2693"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...7 lines deleted...]
-          <w:color w:val="215E99"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04347018" w14:textId="77777777" w:rsidR="00DF03E5" w:rsidRPr="0025603B" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="2693"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Author Name</w:t>
-[...7 lines deleted...]
-          <w:color w:val="215E99"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...6 lines deleted...]
-          <w:color w:val="215E99"/>
+        <w:t>¹Name of the Department and Institute, City, State, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABCF9B8" w14:textId="482E4FC3" w:rsidR="00DF03E5" w:rsidRPr="0025603B" w:rsidRDefault="003D42B1" w:rsidP="007B03F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="2693"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Author Name</w:t>
-[...6 lines deleted...]
-          <w:color w:val="215E99"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="superscript"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0E4B9233" w14:textId="77777777" w:rsidR="00DF03E5" w:rsidRPr="00DF03E5" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF03E5" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Name of the Department and Institute, City, State, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072F277E" w14:textId="77777777" w:rsidR="003D42B1" w:rsidRPr="0025603B" w:rsidRDefault="003D42B1" w:rsidP="007B03F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2693"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="04347018" w14:textId="77777777" w:rsidR="00DF03E5" w:rsidRPr="00DF03E5" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A37C905" w14:textId="36FF10B6" w:rsidR="003D42B1" w:rsidRPr="0025603B" w:rsidRDefault="003D42B1" w:rsidP="003D42B1">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:right="4943"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>*Full name of corresponding author</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19277D17" w14:textId="77777777" w:rsidR="003D42B1" w:rsidRPr="0025603B" w:rsidRDefault="003D42B1" w:rsidP="003D42B1">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:right="4943"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0230D7C4" wp14:editId="24D20752">
+            <wp:extent cx="127078" cy="91440"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="3810"/>
+            <wp:docPr id="1645929235" name="Graphic 15" descr="Envelope outline"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1645929235" name="Graphic 1645929235" descr="Envelope outline"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="6757" t="16571" r="5433" b="20245"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="127078" cy="91440"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ouremail@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332AA12A" w14:textId="196D8151" w:rsidR="003D42B1" w:rsidRPr="0025603B" w:rsidRDefault="003D42B1" w:rsidP="003D42B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2693"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
-          <w:sz w:val="18"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6ABCF9B8" w14:textId="77777777" w:rsidR="00DF03E5" w:rsidRPr="00DF03E5" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05759091" wp14:editId="0AA773B8">
+            <wp:extent cx="115652" cy="91440"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:docPr id="1126313360" name="Picture 7" descr="Telephone outline"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1126313360" name="Graphic 1126313360" descr="Telephone outline"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId11"/>
+                    <a:srcRect l="5526" t="14128" r="6098" b="16564"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="115652" cy="91440"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00194BA4" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70633">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Landline: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>+92(042)99</w:t>
+      </w:r>
+      <w:r w:rsidR="005026E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005026E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1234</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005026E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or Mobile</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70633">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +923001234567</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E6023C" w14:textId="22DC0B5C" w:rsidR="00DF03E5" w:rsidRPr="0025603B" w:rsidRDefault="00DF03E5" w:rsidP="007B03F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2693"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
-          <w:sz w:val="18"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="20A8D9A4" w14:textId="40A5FAB8" w:rsidR="00553837" w:rsidRDefault="00FD6B4A" w:rsidP="007B03F3">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A8D9A4" w14:textId="40A5FAB8" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00FD6B4A" w:rsidP="007B03F3">
       <w:pPr>
         <w:pStyle w:val="IOPAff"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2693"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A90402F" wp14:editId="1BCD8B8A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>21878</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>30695</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="100221" cy="84148"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="648568179" name="Arrow: Pentagon 15"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -372,3192 +634,3037 @@
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="451C93BF" id="_x0000_t15" coordsize="21600,21600" o:spt="15" adj="16200" path="m@0,l,,,21600@0,21600,21600,10800xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="prod #0 1 2"/>
                 </v:formulas>
                 <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="@1,0;0,10800;@1,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,0,10800,21600;0,0,16200,21600;0,0,21600,21600"/>
                 <v:handles>
                   <v:h position="#0,topLeft" xrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="Arrow: Pentagon 15" o:spid="_x0000_s1026" type="#_x0000_t15" style="position:absolute;margin-left:1.7pt;margin-top:2.4pt;width:7.9pt;height:6.65pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhT33HeAIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dcm/2Q06ZW1pGVKFWl&#10;KLHqVDkTFrJIwFDAXju/vgO7XqdJ1EPVCwvMzJt5s284v9gZTbbCBwW2odVJSYmwHFplnxr68/76&#10;0xklITLbMg1WNHQvAr1YfPxw3ru5qKED3QpPEMSGee8a2sXo5kUReCcMCyfghEWjBG9YxKN/KlrP&#10;ekQ3uqjL8nPRg2+dBy5CwNurwUgXGV9KweOdlEFEohuKtcW8+rw+prVYnLP5k2euU3wsg/1DFYYp&#10;i0knqCsWGdl49QbKKO4hgIwnHEwBUiouMgdkU5Wv2Kw75kTmgs0JbmpT+H+w/Ha7diuPbehdmAfc&#10;JhY76U36Yn1kl5u1n5oldpFwvKzKsq4rSjiazmbV7Cz1sjjGOh/iNwGGpA0WDEasNIuJD5uz7U2I&#10;g//BL10H0Kq9VlrnQ9KAuNSebBn+Pca5sLEes/zhqW3yt5AiB9B0UxwZ5V3ca5H8tP0hJFEtcqhz&#10;MVlsrxNVg6ljrRjyV6dlmfWCHKeIzDgDJmSJ+SfsEeA9EtVIYvRPoSJrdQou/1bYQHGKyJnBxinY&#10;KAv+PQAdp8yD/6FJQ2tSlx6h3a888TBMSnD8WuH/u2EhrpjH0cAhwnGPd7hIDX1DYdxR0oF/fu8+&#10;+ScB+GdKehy1hoZfG+YFJfq7RS1/rWazNJv5MDv9UuPBv7Q8vrTYjbkE1ANKD6vL2+Qf9WErPZgH&#10;fBWWKSuamOWYu6E8+sPhMg5PAL4rXCyX2Q3n0bF4Y9eOJ/DU1STN+90D824UcUTx38JhLN/IePBN&#10;kRaWmwhSZY0f+zr2G2c5C2d8d9Jj8fKcvY6v4+I3AAAA//8DAFBLAwQUAAYACAAAACEAh1PmONsA&#10;AAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VIXCrqtFRQQpwK0cIZQg89OvHi&#10;RI3XUewmKV/P9gSn0WhGMy/bTK4VA/ah8aRgMU9AIFXeNGQV7L/e7tYgQtRkdOsJFZwxwCa/vsp0&#10;avxInzgU0QoeoZBqBXWMXSplqGp0Osx9h8TZt++djmx7K02vRx53rVwmyYN0uiF+qHWHrzVWx+Lk&#10;FOy2evjZfZjZdmzs+9nOHovjoVTq9mZ6eQYRcYp/ZbjgMzrkzFT6E5kgWgX3Ky4qWDH/JX1agihZ&#10;1wuQeSb/0+e/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGFPfcd4AgAAZQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIdT5jjbAAAABQEAAA8A&#10;AAAAAAAAAAAAAAAA0gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" adj="12532" fillcolor="#e97132 [3205]" stroked="f" strokeweight="1.5pt">
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00553837" w:rsidRPr="007825C4">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Received: dd-mm-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Accepted: dd-mm-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Published: dd-mm-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00553837" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="08B23A41" w14:textId="77777777" w:rsidR="00553837" w:rsidRDefault="00553837" w:rsidP="00A851C1">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="3060"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="215E99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="387182A4" w14:textId="592800FE" w:rsidR="00553837" w:rsidRPr="000A0B43" w:rsidRDefault="00553837" w:rsidP="0090764E">
+    <w:p w14:paraId="387182A4" w14:textId="592800FE" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="0090764E">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="215E99"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000A0B43">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="215E99"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF9E1E9" w14:textId="266C1824" w:rsidR="00553837" w:rsidRDefault="002C7D14" w:rsidP="0090764E">
+    <w:p w14:paraId="2AF9E1E9" w14:textId="266C1824" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="002C7D14" w:rsidP="0090764E">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002C7D14">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="791FE741" w14:textId="454AA88D" w:rsidR="002C7D14" w:rsidRDefault="002C7D14" w:rsidP="003255AE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A single paragraph of about 250 words maximum. For research articles, abstracts should give a pertinent overview of the work. We strongly encourage authors to use the following style of structured abstracts, without headings (1) Background: Place the question addressed in a broad context and highlight the purpose of the study (2) Methods: briefly describe the main methods or treatments applied (3) Results: summarize the article’s main findings (4) Conclusions: indicate the main conclusions or interpretations. The abstract should be an objective representation of the article, and it must not contain results that are not presented and substantiated in the main text and should not exaggerate the main conclusions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791FE741" w14:textId="454AA88D" w:rsidR="002C7D14" w:rsidRPr="0025603B" w:rsidRDefault="002C7D14" w:rsidP="003255AE">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F5C6922" w14:textId="6CC72EA6" w:rsidR="00553837" w:rsidRDefault="00553837" w:rsidP="003255AE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F5C6922" w14:textId="6CC72EA6" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="003255AE">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000A0B43">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A0B43">
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="006D3D4F" w:rsidRPr="006D3D4F">
+      <w:r w:rsidR="006D3D4F" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...76 lines deleted...]
-    <w:p w14:paraId="273A0DC0" w14:textId="18C68F2E" w:rsidR="00553837" w:rsidRDefault="00553837" w:rsidP="003255AE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Keyword 1, Keyword 2, Keyword 3, Keyword 4, Keyword 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273A0DC0" w14:textId="18C68F2E" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="003255AE">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="792E54C4" w14:textId="3584EDCD" w:rsidR="00553837" w:rsidRPr="000A0B43" w:rsidRDefault="00553837" w:rsidP="003255AE">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="792E54C4" w14:textId="3584EDCD" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="003255AE">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000A0B43">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Key message: </w:t>
       </w:r>
-      <w:r w:rsidR="003D0A79">
+      <w:r w:rsidR="003D0A79" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Key message </w:t>
       </w:r>
-      <w:r w:rsidR="00241A21" w:rsidRPr="00241A21">
+      <w:r w:rsidR="00241A21" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">should not be a copy of the abstract, but a simple text allowing the reader to quickly </w:t>
       </w:r>
-      <w:r w:rsidR="00115197">
+      <w:r w:rsidR="00115197" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>understand the theme of the current research</w:t>
       </w:r>
-      <w:r w:rsidR="00241A21" w:rsidRPr="00241A21">
+      <w:r w:rsidR="00241A21" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0176D121" w14:textId="630EBDA2" w:rsidR="00553837" w:rsidRDefault="00553837" w:rsidP="003255AE">
+    <w:p w14:paraId="0176D121" w14:textId="630EBDA2" w:rsidR="00553837" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="003255AE">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1B997A99" w14:textId="38A7843A" w:rsidR="00F97234" w:rsidRPr="00552084" w:rsidRDefault="00553837" w:rsidP="00A851C1">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B997A99" w14:textId="38A7843A" w:rsidR="00F97234" w:rsidRPr="0025603B" w:rsidRDefault="00553837" w:rsidP="00A851C1">
       <w:pPr>
         <w:pStyle w:val="IOPKwd"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000A0B43">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abbreviations: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC39E4" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AB </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC39E4" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Write full name,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC39E4">
+      <w:r w:rsidR="00FC7416" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CD</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC39E4" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00552084">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC39E4" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FC7416" w:rsidRPr="00FC7416">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Write full name</w:t>
+      </w:r>
+      <w:r w:rsidR="00642D68" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00642D68" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EF </w:t>
+      </w:r>
+      <w:r w:rsidR="00642D68" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BC39E4" w:rsidRPr="00BC39E4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Write full name</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5793A" w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00642D68">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
-          <w:szCs w:val="20"/>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F749731" w14:textId="77777777" w:rsidR="0047106D" w:rsidRDefault="0047106D"/>
     <w:p w14:paraId="07170101" w14:textId="77777777" w:rsidR="0047106D" w:rsidRDefault="0047106D">
       <w:pPr>
         <w:sectPr w:rsidR="0047106D" w:rsidSect="00402860">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
           <w:pgMar w:top="1379" w:right="1008" w:bottom="1152" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="188E423B" w14:textId="2646F59B" w:rsidR="007E3A19" w:rsidRPr="00B2728C" w:rsidRDefault="007E3A19" w:rsidP="00E91E28">
+    <w:p w14:paraId="188E423B" w14:textId="2646F59B" w:rsidR="007E3A19" w:rsidRPr="0025603B" w:rsidRDefault="007E3A19" w:rsidP="00E91E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Introduction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6977B8" w14:textId="46D5F712" w:rsidR="000D5AC2" w:rsidRDefault="000D5AC2" w:rsidP="00E91E28">
+    <w:p w14:paraId="4C6977B8" w14:textId="46D5F712" w:rsidR="000D5AC2" w:rsidRPr="0025603B" w:rsidRDefault="000D5AC2" w:rsidP="00E91E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1AECE776" w14:textId="47F3BC81" w:rsidR="00A47021" w:rsidRDefault="008B242E" w:rsidP="00E91E28">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AECE776" w14:textId="47F3BC81" w:rsidR="00A47021" w:rsidRPr="0025603B" w:rsidRDefault="008B242E" w:rsidP="00E91E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The introduction should briefly place the study in a broad context and highlight why it is important. It should define the purpose of the work and its significance. The current state of the research field should be carefully reviewed and key publications cited. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C209E56" w14:textId="0CB36009" w:rsidR="003255AE" w:rsidRDefault="008B242E" w:rsidP="00E91E28">
+    <w:p w14:paraId="5C209E56" w14:textId="0CB36009" w:rsidR="003255AE" w:rsidRPr="0025603B" w:rsidRDefault="008B242E" w:rsidP="00E91E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please highlight controversial and diverging hypotheses when necessary. Finally, briefly mention the main aim of the work and highlight the principal conclusions. As far as possible, please keep the introduction comprehensible to scientists outside your </w:t>
       </w:r>
-      <w:r w:rsidR="00BF1EEF" w:rsidRPr="008B242E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00BF1EEF" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>field</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B242E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of research. References should be </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">written in APA style - </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B242E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Akram (2025), or (Akram, 2025),</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B242E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Akram </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1" w:rsidRPr="00D92CE1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2025), or (Akram </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1" w:rsidRPr="00D92CE1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2025; Sajid </w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1" w:rsidRPr="00D92CE1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
-      <w:r w:rsidR="00D92CE1">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D92CE1" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>., 2025)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B242E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C22ED4D" w14:textId="33ACC4EC" w:rsidR="00F86EE0" w:rsidRDefault="00F86EE0" w:rsidP="00F86EE0">
+    <w:p w14:paraId="4C22ED4D" w14:textId="33ACC4EC" w:rsidR="00F86EE0" w:rsidRPr="0025603B" w:rsidRDefault="00F86EE0" w:rsidP="00F86EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>See the end of the document for further details references.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B62977" w14:textId="1EBFBAF7" w:rsidR="003255AE" w:rsidRDefault="003255AE" w:rsidP="00E91E28">
+    <w:p w14:paraId="12B62977" w14:textId="1EBFBAF7" w:rsidR="003255AE" w:rsidRPr="0025603B" w:rsidRDefault="003255AE" w:rsidP="00E91E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="23CBAAF9" w14:textId="752CC241" w:rsidR="00F86EE0" w:rsidRDefault="00F86EE0" w:rsidP="00F86EE0">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CBAAF9" w14:textId="5D05BA23" w:rsidR="00F86EE0" w:rsidRPr="0025603B" w:rsidRDefault="00F86EE0" w:rsidP="00F86EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56830">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5711FB7C" w14:textId="245A15D5" w:rsidR="0062552E" w:rsidRDefault="0062552E" w:rsidP="00F86EE0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56830" w:rsidRPr="00F56830">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials and Methods</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56830" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5711FB7C" w14:textId="245A15D5" w:rsidR="0062552E" w:rsidRPr="0025603B" w:rsidRDefault="0062552E" w:rsidP="00F86EE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="53B8D230" w14:textId="68A8ACF9" w:rsidR="00DF03E5" w:rsidRDefault="00DF03E5" w:rsidP="006061B3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B8D230" w14:textId="792E9B24" w:rsidR="00DF03E5" w:rsidRPr="0025603B" w:rsidRDefault="00DF03E5" w:rsidP="006061B3">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Materials and Methods should be described with sufficient detail to allow others to replicate and build on the published results. Please note that the publication of your manuscript implies that you must make all materials, data, and protocols associated with the publication available to readers. Please disclose at the submission stage any restrictions on the availability of materials or information. New methods</w:t>
+      </w:r>
+      <w:r w:rsidR="006061B3" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E4593C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...45 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and protocols should be described in detail while well-established methods can be briefly described and appropriately cited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08803D76" w14:textId="77777777" w:rsidR="0062552E" w:rsidRPr="00E4593C" w:rsidRDefault="0062552E" w:rsidP="00DF03E5">
+    <w:p w14:paraId="5322B6BF" w14:textId="614C5283" w:rsidR="00E4593C" w:rsidRPr="0025603B" w:rsidRDefault="00E4593C" w:rsidP="007404A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research manuscripts reporting large datasets that are deposited in a publicly available database should specify where the data have been deposited and provide the relevant accession numbers. If the accession numbers have not yet been obtained at the time of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">submission, please state that they will be provided during review. They must be provided </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6830" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C9A0AA" w14:textId="17A5FCCC" w:rsidR="00E4593C" w:rsidRPr="0025603B" w:rsidRDefault="00D524D0" w:rsidP="007404A0">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="75C9A0AA" w14:textId="17A5FCCC" w:rsidR="00E4593C" w:rsidRPr="00E4593C" w:rsidRDefault="00D524D0" w:rsidP="007404A0">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4593C" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tudies involving animals or humans, and other studies that require ethical approval, must list the authority that provided approval and the corresponding ethical approval code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2282E999" w14:textId="236C1598" w:rsidR="00B01BF2" w:rsidRPr="0025603B" w:rsidRDefault="00E4593C" w:rsidP="00D05958">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
-          <w:sz w:val="20"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="2282E999" w14:textId="236C1598" w:rsidR="00B01BF2" w:rsidRDefault="00E4593C" w:rsidP="00D05958">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In this section, where applicable, authors are required to disclose details of how generative artificial intelligence (GenAI) has been used in this paper (e.g., to generate text, data, or graphics, or to assist in study design, data collection, analysis, or interpretation). The use of GenAI for superficial text editing (e.g., grammar, spelling, punctuation, and formatting) does not need to be declared.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063B9706" w14:textId="77777777" w:rsidR="00D95504" w:rsidRPr="0025603B" w:rsidRDefault="00D95504" w:rsidP="00F56200">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="063B9706" w14:textId="77777777" w:rsidR="00D95504" w:rsidRDefault="00D95504" w:rsidP="00F56200">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E70AFE" w14:textId="04853B2B" w:rsidR="00F56200" w:rsidRDefault="00F56200" w:rsidP="00F56200">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="04E70AFE" w14:textId="04853B2B" w:rsidR="00F56200" w:rsidRDefault="00F56200" w:rsidP="00F56200">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Results </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1D9BB7" w14:textId="77777777" w:rsidR="0053520F" w:rsidRPr="0025603B" w:rsidRDefault="0053520F" w:rsidP="00F56200">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="423E4B25" w14:textId="64F685D3" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="000647CF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423E4B25" w14:textId="64F685D3" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="000647CF">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This section may be divided by subheadings.</w:t>
       </w:r>
-      <w:r w:rsidR="000647CF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000647CF" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It should provide a concise and precise description of the experimental results, their interpretation, as well as the experimental conclusions that can be drawn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD5AF98" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="6AD5AF98" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1. Subsection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BE3C4D" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="22BE3C4D" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.1. Subsubsection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771C26F8" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="771C26F8" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bulleted lists look like this:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0FDF80" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="0E0FDF80" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>First bullet;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FDD817" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="11FDD817" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Second bullet;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5257B2BC" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="5257B2BC" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Third bullet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0970C1F9" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="0970C1F9" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Numbered lists can be added as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CE219B" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="45CE219B" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>First item;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEC2156" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="0FEC2156" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Second item;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C7948A" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
+    <w:p w14:paraId="70C7948A" w14:textId="77777777" w:rsidR="00BC52EB" w:rsidRPr="0025603B" w:rsidRDefault="00BC52EB" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC52EB">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Third item.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27016DFA" w14:textId="77777777" w:rsidR="00D245E4" w:rsidRPr="00D245E4" w:rsidRDefault="00D245E4" w:rsidP="00D245E4">
+    <w:p w14:paraId="27016DFA" w14:textId="77777777" w:rsidR="00D245E4" w:rsidRPr="0025603B" w:rsidRDefault="00D245E4" w:rsidP="00D245E4">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2. Figures, Tables and Schemes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E9D7A3" w14:textId="7CE4D606" w:rsidR="00D245E4" w:rsidRDefault="00D245E4" w:rsidP="00D245E4">
+    <w:p w14:paraId="53E9D7A3" w14:textId="7CE4D606" w:rsidR="00D245E4" w:rsidRPr="0025603B" w:rsidRDefault="00D245E4" w:rsidP="00D245E4">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All figures and tables should be cited in the main text as Figure 1, Table 1, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000FAB03" w14:textId="17EDD2AF" w:rsidR="00A47700" w:rsidRDefault="00B85CBD" w:rsidP="001F36F3">
+    <w:p w14:paraId="000FAB03" w14:textId="17EDD2AF" w:rsidR="00A47700" w:rsidRPr="0025603B" w:rsidRDefault="00B85CBD" w:rsidP="001F36F3">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:noProof/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06623FFA" wp14:editId="5DA8DAE8">
-            <wp:extent cx="3049270" cy="2286000"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06623FFA" wp14:editId="52CCA661">
+            <wp:extent cx="1353312" cy="1014561"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="540378604" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3049270" cy="2286000"/>
+                      <a:ext cx="1365684" cy="1023836"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB2897B" w14:textId="068D7C8C" w:rsidR="001F36F3" w:rsidRPr="00BC52EB" w:rsidRDefault="001F36F3" w:rsidP="00CB4DF2">
+    <w:p w14:paraId="6FB2897B" w14:textId="068D7C8C" w:rsidR="001F36F3" w:rsidRPr="0025603B" w:rsidRDefault="001F36F3" w:rsidP="00CB4DF2">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F36F3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> This is a figure. Schemes follow the same formatting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F346E4" w14:textId="1C04E808" w:rsidR="00B546D9" w:rsidRPr="00134B2C" w:rsidRDefault="009A5B3E" w:rsidP="00BC52EB">
+    <w:p w14:paraId="21F346E4" w14:textId="1C04E808" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="009A5B3E" w:rsidP="00BC52EB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Table 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A5B3E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This is a table. Tables should be placed in the main text near to the first time they are cited.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="4779" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="905"/>
         <w:gridCol w:w="1692"/>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1002"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0017247A" w14:paraId="211F6390" w14:textId="77777777" w:rsidTr="00E96474">
+      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0025603B" w14:paraId="211F6390" w14:textId="77777777" w:rsidTr="00E96474">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF36ACE" w14:textId="205E6B34" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00646263" w:rsidP="00090350">
+          <w:p w14:paraId="0CF36ACE" w14:textId="205E6B34" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00646263" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7155095F" w14:textId="70E2E78A" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00646263" w:rsidP="00090350">
+          <w:p w14:paraId="7155095F" w14:textId="70E2E78A" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00646263" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6655659D" w14:textId="7324A948" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00646263" w:rsidP="00090350">
+          <w:p w14:paraId="6655659D" w14:textId="7324A948" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00646263" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75282BA6" w14:textId="0B3D031B" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00646263" w:rsidP="00090350">
+          <w:p w14:paraId="75282BA6" w14:textId="0B3D031B" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00646263" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0017247A" w14:paraId="65C6AAFD" w14:textId="77777777" w:rsidTr="00E96474">
+      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0025603B" w14:paraId="65C6AAFD" w14:textId="77777777" w:rsidTr="00E96474">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3B4049" w14:textId="2FA0BF6E" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00E96474" w:rsidP="00090350">
+          <w:p w14:paraId="4C3B4049" w14:textId="2FA0BF6E" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00E96474" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Veriable</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="181E1A79" w14:textId="73C72524" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="181E1A79" w14:textId="73C72524" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Data </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55EA414A" w14:textId="2CFC83C4" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="55EA414A" w14:textId="2CFC83C4" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D7899B" w14:textId="38C63C89" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="16D7899B" w14:textId="38C63C89" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0017247A" w14:paraId="25ADE6E5" w14:textId="77777777" w:rsidTr="00E96474">
+      <w:tr w:rsidR="00D06CF9" w:rsidRPr="0025603B" w14:paraId="25ADE6E5" w14:textId="77777777" w:rsidTr="00E96474">
         <w:trPr>
           <w:trHeight w:val="119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119AA825" w14:textId="1FE49BEA" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00E96474" w:rsidP="00090350">
+          <w:p w14:paraId="119AA825" w14:textId="1FE49BEA" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00E96474" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Veriable</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75314D0F" w14:textId="40ECBF19" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="75314D0F" w14:textId="40ECBF19" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F662C6F" w14:textId="6E57CAA5" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="7F662C6F" w14:textId="6E57CAA5" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC3A56C" w14:textId="280D14F5" w:rsidR="00B546D9" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="0DC3A56C" w14:textId="280D14F5" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E96474" w:rsidRPr="0017247A" w14:paraId="09087B43" w14:textId="77777777" w:rsidTr="00E96474">
+      <w:tr w:rsidR="00E96474" w:rsidRPr="0025603B" w14:paraId="09087B43" w14:textId="77777777" w:rsidTr="00E96474">
         <w:trPr>
           <w:trHeight w:val="119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A53FEC4" w14:textId="256D6181" w:rsidR="00E96474" w:rsidRDefault="00E96474" w:rsidP="00090350">
+          <w:p w14:paraId="0A53FEC4" w14:textId="256D6181" w:rsidR="00E96474" w:rsidRPr="0025603B" w:rsidRDefault="00E96474" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Veriable</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53615A40" w14:textId="556C0B5B" w:rsidR="00E96474" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="53615A40" w14:textId="556C0B5B" w:rsidR="00E96474" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D03A2A" w14:textId="390610FB" w:rsidR="00E96474" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="58D03A2A" w14:textId="390610FB" w:rsidR="00E96474" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47545332" w14:textId="18E9D5E5" w:rsidR="00E96474" w:rsidRPr="0017247A" w:rsidRDefault="00F646D2" w:rsidP="00090350">
+          <w:p w14:paraId="47545332" w14:textId="18E9D5E5" w:rsidR="00E96474" w:rsidRPr="0025603B" w:rsidRDefault="00F646D2" w:rsidP="00090350">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0025603B">
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1132DFE1" w14:textId="235BBC06" w:rsidR="00B546D9" w:rsidRDefault="004924D3" w:rsidP="002450F6">
+    <w:p w14:paraId="1132DFE1" w14:textId="235BBC06" w:rsidR="00B546D9" w:rsidRPr="0025603B" w:rsidRDefault="004924D3" w:rsidP="002450F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Write any footer data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AC063A" w14:textId="77777777" w:rsidR="008C7909" w:rsidRDefault="008C7909" w:rsidP="008C7909">
+    <w:p w14:paraId="10AC063A" w14:textId="77777777" w:rsidR="008C7909" w:rsidRPr="0025603B" w:rsidRDefault="008C7909" w:rsidP="008C7909">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="089811F9" w14:textId="5C179B41" w:rsidR="008C7909" w:rsidRDefault="008C7909" w:rsidP="008C7909">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="089811F9" w14:textId="5C179B41" w:rsidR="008C7909" w:rsidRPr="0025603B" w:rsidRDefault="008C7909" w:rsidP="008C7909">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF62A44" w14:textId="77777777" w:rsidR="008C7909" w:rsidRPr="00601B00" w:rsidRDefault="008C7909" w:rsidP="008C7909">
+    <w:p w14:paraId="4CF62A44" w14:textId="77777777" w:rsidR="008C7909" w:rsidRPr="0025603B" w:rsidRDefault="008C7909" w:rsidP="008C7909">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4CF90740" w14:textId="32778AFB" w:rsidR="008C7909" w:rsidRPr="008C7909" w:rsidRDefault="008C7909" w:rsidP="008C7909">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF90740" w14:textId="32778AFB" w:rsidR="008C7909" w:rsidRPr="0025603B" w:rsidRDefault="008C7909" w:rsidP="008C7909">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Authors should discuss the results and how they can be interpreted from the per-spective of previous studies and of the working hypotheses. The findings and their impli-cations should be discussed in the broadest context possible. Future research directions may also be highlighted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CF87A6" w14:textId="4AF33276" w:rsidR="002450F6" w:rsidRDefault="005B5F2B" w:rsidP="00B546D9">
-[...2 lines deleted...]
-          <w:noProof/>
+    <w:p w14:paraId="23CF87A6" w14:textId="4AF33276" w:rsidR="002450F6" w:rsidRPr="0025603B" w:rsidRDefault="005B5F2B" w:rsidP="00B546D9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188C9227" wp14:editId="6538C72A">
             <wp:extent cx="3028493" cy="2296760"/>
             <wp:effectExtent l="0" t="0" r="635" b="8890"/>
             <wp:docPr id="331625957" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="-1" r="2265"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3040557" cy="2305909"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A76E67" w14:textId="53901621" w:rsidR="007B57BB" w:rsidRPr="007B57BB" w:rsidRDefault="007B57BB" w:rsidP="007B57BB">
+    <w:p w14:paraId="45A76E67" w14:textId="53901621" w:rsidR="007B57BB" w:rsidRPr="0025603B" w:rsidRDefault="007B57BB" w:rsidP="007B57BB">
       <w:pPr>
         <w:spacing w:after="165" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B57BB">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This is a figure. Schemes follow another format. If there are multiple panels, they should be listed as </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2" w:rsidRPr="00CB4DF2">
-        <w:rPr>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B57BB">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) Description of what is contained in the first panel</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B57BB">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2" w:rsidRPr="00CB4DF2">
-        <w:rPr>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB4DF2">
-        <w:rPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B57BB">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Description of what is contained in the second panel</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B57BB">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2">
-        <w:rPr>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00CB4DF2" w:rsidRPr="007B57BB">
-[...35 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Description of what is contained in the third panel, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4DF2" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Description of what is contained in the fourth panel. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Figures should be placed in the main text near to the first time they are cited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7579E9DE" w14:textId="621F2D69" w:rsidR="005577B0" w:rsidRPr="00AD4E6E" w:rsidRDefault="000521BF" w:rsidP="005577B0">
+    <w:p w14:paraId="7579E9DE" w14:textId="621F2D69" w:rsidR="005577B0" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="005577B0">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conclusions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38080B19" w14:textId="77777777" w:rsidR="005577B0" w:rsidRPr="00AD4E6E" w:rsidRDefault="005577B0" w:rsidP="005577B0">
+    <w:p w14:paraId="7E7B51BB" w14:textId="45ED5ECD" w:rsidR="00F1205E" w:rsidRPr="0025603B" w:rsidRDefault="00581051" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7E7B51BB" w14:textId="45ED5ECD" w:rsidR="00F1205E" w:rsidRPr="00AD4E6E" w:rsidRDefault="00581051" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This section can be added to the manuscript if the discussion is unusually long or complex.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3D6838" w14:textId="77777777" w:rsidR="00581051" w:rsidRPr="0025603B" w:rsidRDefault="00581051" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3F3D6838" w14:textId="77777777" w:rsidR="00581051" w:rsidRPr="00AD4E6E" w:rsidRDefault="00581051" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D6695C" w14:textId="7B762521" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="20D6695C" w14:textId="7B762521" w:rsidR="000521BF" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acknowledgements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The funding source should be mentioned, and any help or source of the research material should be taken into account.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572249B5" w14:textId="77777777" w:rsidR="007D7DA4" w:rsidRPr="0025603B" w:rsidRDefault="007D7DA4" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="572249B5" w14:textId="77777777" w:rsidR="007D7DA4" w:rsidRPr="00AD4E6E" w:rsidRDefault="007D7DA4" w:rsidP="000521BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ECE724F" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+      <w:pPr>
+        <w:pStyle w:val="IOPText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211154912"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Author(s) contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conceptualization, xxxxxx; methodology, xxxxxx; software, xxxxxx; validation, xxxxxx; formal analysis and investigation, xxxxxx; data curation, xxxxxx; writing—original draft preparation, xxxxxx; writing—review and editing, xxxxxx; supervision, xxxxxx. All authors have reviewed and approved the manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="61042B9F" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+      <w:pPr>
+        <w:pStyle w:val="IOPText"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="780A5451" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="780A5451" w14:textId="77777777" w:rsidR="000521BF" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conflict of interest </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The authors declare no conflict of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F51944C" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="3F51944C" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="001278DA" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B2FE9A" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="37B2FE9A" w14:textId="77777777" w:rsidR="000521BF" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data availability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All data supporting the findings of this study are available within the paper. We do not have any research data outside the submitted manuscript file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DE2F5D" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="68DE2F5D" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="001278DA" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ECBDF53" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="2ECBDF53" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0061687D" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Declarations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E433324" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5E433324" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="001278DA" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consent for publication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Not applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530DCA90" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="530DCA90" w14:textId="77777777" w:rsidR="000521BF" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5320D206" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="0025603B" w:rsidRDefault="000521BF" w:rsidP="000521BF">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5320D206" w14:textId="77777777" w:rsidR="000521BF" w:rsidRPr="001278DA" w:rsidRDefault="000521BF" w:rsidP="000521BF">
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Competing interests </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The authors declare no competing interests.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5981F6E1" w14:textId="77777777" w:rsidR="00774EC6" w:rsidRPr="0025603B" w:rsidRDefault="00774EC6" w:rsidP="00191581">
+      <w:pPr>
+        <w:pStyle w:val="IOPH1"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4571097E" w14:textId="507FFFB7" w:rsidR="00191581" w:rsidRPr="0025603B" w:rsidRDefault="00191581" w:rsidP="00191581">
+      <w:pPr>
+        <w:pStyle w:val="IOPH1"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BFE504" w14:textId="1B7CA47E" w:rsidR="00E3033A" w:rsidRPr="0025603B" w:rsidRDefault="00F807D4" w:rsidP="009C4555">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">References must be </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA197F" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>written in APA style and arrange alph</w:t>
+      </w:r>
+      <w:r w:rsidR="000F30BD" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA197F" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>betically.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We recommend preparing the references with</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC446B" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001278DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="71BFE504" w14:textId="1B7CA47E" w:rsidR="00E3033A" w:rsidRDefault="00F807D4" w:rsidP="009C4555">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a bibliography software package, such as EndNote, ReferenceManager or Zotero to avoid typing mistakes and duplicated references. Include the digital object identifier (DOI) for all references where available.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3033A" w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3829AE" w14:textId="1FED681D" w:rsidR="00F807D4" w:rsidRPr="0025603B" w:rsidRDefault="00F807D4" w:rsidP="009C4555">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...82 lines deleted...]
-    <w:p w14:paraId="7C3829AE" w14:textId="1FED681D" w:rsidR="00F807D4" w:rsidRDefault="00F807D4" w:rsidP="009C4555">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citations and references in the Supplementary Materials are permitted provided that they also appear in the reference list here. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0302442F" w14:textId="77777777" w:rsidR="009C4555" w:rsidRPr="0025603B" w:rsidRDefault="009C4555" w:rsidP="009C4555">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="7EAF76FA" w14:textId="50C0236D" w:rsidR="00D656BF" w:rsidRPr="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAF76FA" w14:textId="50C0236D" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal article </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B4DD8B" w14:textId="3095D23F" w:rsidR="00191581" w:rsidRDefault="00191581" w:rsidP="00191581">
+    <w:p w14:paraId="02B4DD8B" w14:textId="3095D23F" w:rsidR="00191581" w:rsidRPr="0025603B" w:rsidRDefault="00191581" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Akram, M., Sajid, S.A. &amp; Aqib, F. (2025). Strategies that could be adopted to improve the nutritional quality of food and food products. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00047A3C">
-        <w:rPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plant Research Journal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00047A3C">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 00(00), 00-00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775163CD" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+    <w:p w14:paraId="775163CD" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="10F926A5" w14:textId="4916E60E" w:rsidR="00D656BF" w:rsidRPr="00047A3C" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F926A5" w14:textId="4916E60E" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Book</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA3C548" w14:textId="77777777" w:rsidR="00191581" w:rsidRDefault="00191581" w:rsidP="00191581">
+    <w:p w14:paraId="6FA3C548" w14:textId="77777777" w:rsidR="00191581" w:rsidRPr="0025603B" w:rsidRDefault="00191581" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Akram, M., Sajid, Z.A., &amp; Aftab, F. (2025). Plant Tissue Culture and Biotechnology (2nd ed.). Springer Nature.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7827369D" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+    <w:p w14:paraId="7827369D" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="340D6E4E" w14:textId="6A754C7A" w:rsidR="00D656BF" w:rsidRPr="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340D6E4E" w14:textId="6A754C7A" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Book chapter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D4464E" w14:textId="77777777" w:rsidR="00191581" w:rsidRDefault="00191581" w:rsidP="00191581">
+    <w:p w14:paraId="78D4464E" w14:textId="77777777" w:rsidR="00191581" w:rsidRPr="0025603B" w:rsidRDefault="00191581" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nadeem, M. (2025). Micropropagation. In M. Akram, Z.A. Sajid, &amp; F. Aftab (Eds.), Plant Tissue Culture and Biotechnology (2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00047A3C">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidRPr="00047A3C">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed., pp. 200–250). Springer Nature.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FD8CB4" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+    <w:p w14:paraId="16FD8CB4" w14:textId="77777777" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0C6C2B63" w14:textId="5BAC3CDA" w:rsidR="00D656BF" w:rsidRDefault="00D656BF" w:rsidP="00191581">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6C2B63" w14:textId="5BAC3CDA" w:rsidR="00D656BF" w:rsidRPr="0025603B" w:rsidRDefault="00D656BF" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Online source</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029A0584" w14:textId="77777777" w:rsidR="00191581" w:rsidRDefault="00191581" w:rsidP="00191581">
+    <w:p w14:paraId="029A0584" w14:textId="77777777" w:rsidR="00191581" w:rsidRPr="0025603B" w:rsidRDefault="00191581" w:rsidP="00191581">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Akram, M. (2025, July 7). Micropropagation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00615190">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="0025603B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.rhs.org.uk/propagation/micropropagation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00047A3C">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21012EE7" w14:textId="77777777" w:rsidR="00191581" w:rsidRDefault="00191581" w:rsidP="00547782">
+    <w:p w14:paraId="21012EE7" w14:textId="77777777" w:rsidR="00191581" w:rsidRPr="006B6830" w:rsidRDefault="00191581" w:rsidP="00547782">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="373675CD" w14:textId="77777777" w:rsidR="00325708" w:rsidRDefault="00325708" w:rsidP="00547782">
+    <w:p w14:paraId="618E9135" w14:textId="77777777" w:rsidR="00325708" w:rsidRPr="0025603B" w:rsidRDefault="00325708" w:rsidP="00325708">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisher’s note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025603B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PPSP remains neutral about jurisdictional claims in published data and institutional affiliations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486B9060" w14:textId="77777777" w:rsidR="00325708" w:rsidRPr="006B6830" w:rsidRDefault="00325708" w:rsidP="00547782">
       <w:pPr>
         <w:pStyle w:val="IOPH1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="618E9135" w14:textId="77777777" w:rsidR="00325708" w:rsidRDefault="00325708" w:rsidP="00325708">
-[...80 lines deleted...]
-    <w:sectPr w:rsidR="00325708" w:rsidSect="0090764E">
+    <w:sectPr w:rsidR="00325708" w:rsidRPr="006B6830" w:rsidSect="00F45B5C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
-      <w:pgMar w:top="1152" w:right="864" w:bottom="1800" w:left="1008" w:header="720" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1152" w:right="864" w:bottom="1800" w:left="1008" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:num="2" w:space="432"/>
       <w:docGrid w:linePitch="360"/>
       <w15:footnoteColumns w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24D711A8" w14:textId="77777777" w:rsidR="00C432B1" w:rsidRDefault="00C432B1" w:rsidP="00B070AD">
+    <w:p w14:paraId="5B7CE39B" w14:textId="77777777" w:rsidR="002961B8" w:rsidRDefault="002961B8" w:rsidP="00B070AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C7D4F86" w14:textId="77777777" w:rsidR="00C432B1" w:rsidRDefault="00C432B1" w:rsidP="00B070AD">
+    <w:p w14:paraId="39ED29E8" w14:textId="77777777" w:rsidR="002961B8" w:rsidRDefault="002961B8" w:rsidP="00B070AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3588,1129 +3695,783 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Centaur">
+    <w:panose1 w:val="02030504050205020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Centaur">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E1348AC" w14:textId="77777777" w:rsidR="001A12AB" w:rsidRDefault="001A12AB">
+  <w:p w14:paraId="2217D30A" w14:textId="23202060" w:rsidR="00704F5D" w:rsidRPr="002461C0" w:rsidRDefault="00704F5D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:t>Open Access</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:t>ppsp.com.pk</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="00F45B5C" w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:t xml:space="preserve">©The </w:t>
+    </w:r>
+    <w:r w:rsidR="002461C0" w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00F45B5C" w:rsidRPr="002461C0">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
+      </w:rPr>
+      <w:t>uthors</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E99E346" w14:textId="761ACFCD" w:rsidR="00D564A2" w:rsidRDefault="00D564A2">
+  <w:p w14:paraId="72EB40F6" w14:textId="2FD640E4" w:rsidR="0090764E" w:rsidRDefault="0090764E" w:rsidP="001A12AB">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1800" w:right="-187"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="46124982" w14:textId="39AE751D" w:rsidR="0090764E" w:rsidRPr="004B00D6" w:rsidRDefault="00E77565" w:rsidP="0035035A">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2610"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1267" w:right="-187"/>
+      <w:jc w:val="both"/>
       <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004B00D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
         <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DA2E4EE" wp14:editId="28D34F1D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17A28FC6" wp14:editId="5B17F6BC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-649378</wp:posOffset>
+            <wp:posOffset>16774</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1638300" cy="183306"/>
-          <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:extent cx="707666" cy="707666"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1062049827" name="Picture 4"/>
+          <wp:docPr id="1812865134" name="Picture 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="0" name="Picture 8"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1638300" cy="183306"/>
-[...97 lines deleted...]
-                    <a:ext cx="577099" cy="577099"/>
+                    <a:ext cx="714967" cy="714967"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00145AF3" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...67 lines deleted...]
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Copyright</w:t>
     </w:r>
-    <w:r w:rsidR="0090764E" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">: ©2025 The authors. </w:t>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="003D6515" w:rsidRPr="00997E4A">
+    <w:bookmarkStart w:id="0" w:name="_Hlk219198243"/>
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">©2025 </w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">The authors. </w:t>
+    </w:r>
+    <w:r w:rsidR="003D6515" w:rsidRPr="004B00D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Open Access</w:t>
     </w:r>
-    <w:r w:rsidR="003D6515" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="003D6515" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="000F2806" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="000F2806" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">International </w:t>
     </w:r>
-    <w:r w:rsidR="0090764E" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Licensee: Plant Research Journal, Lahore, Pakistan. This article is an open-access article distributed under the terms and conditions of the Creative Commons Attribution (CC BY) license: </w:t>
     </w:r>
-    <w:hyperlink r:id="rId3" w:history="1">
-      <w:r w:rsidR="0090764E" w:rsidRPr="00997E4A">
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://creativecommons.org/licenses/by/4.0/</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="0090764E" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="000F2806" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="000F2806" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> While the work is simultaneously licensed under the CC Attribution 4.0, which permits others to share the work with a citation to the work</w:t>
     </w:r>
-    <w:r w:rsidR="000F2806" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="000F2806" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Arial Narrow"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>’</w:t>
     </w:r>
-    <w:r w:rsidR="000F2806" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="000F2806" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>s authorship and first publication in this journal, the authors retain copyright and grant the journal the right of first publication.</w:t>
     </w:r>
-    <w:r w:rsidR="00E71A92" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="00E71A92" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> With an acknowledgement of the work’s original publication in this journal, authors can sign additional, independent contracts for the non</w:t>
     </w:r>
-    <w:r w:rsidR="00E71A92" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="00E71A92" w:rsidRPr="004B00D6">
       <w:rPr>
         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>‑</w:t>
     </w:r>
-    <w:r w:rsidR="00E71A92" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="00E71A92" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>exclusive distribution of the journal</w:t>
     </w:r>
-    <w:r w:rsidR="00E71A92" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="00E71A92" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Arial Narrow"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>’</w:t>
     </w:r>
-    <w:r w:rsidR="00E71A92" w:rsidRPr="00997E4A">
+    <w:r w:rsidR="00E71A92" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:color w:val="404040"/>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>s published version of the work (for example, posting it to an institutional repository or publishing it in a book).</w:t>
+      <w:t>s published version of the work</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:ind w:left="2160"/>
+    <w:r w:rsidR="005F3F04" w:rsidRPr="004B00D6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="0035035A" w:rsidRPr="004B00D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
+        <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="0090764E" w:rsidRPr="004B00D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur" w:cs="Calibri"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:sz w:val="16"/>
-[...10 lines deleted...]
-        <w:szCs w:val="16"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Citation: Author, A., Author, B. and Author, C. (2025). Title of the article. Plant Research Journal, 00(00), 00-00. </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="65854E1B" w14:textId="5608F00E" w:rsidR="0090764E" w:rsidRPr="003D6515" w:rsidRDefault="0090764E" w:rsidP="00145AF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="2160"/>
       <w:rPr>
         <w:rFonts w:ascii="Centaur" w:hAnsi="Centaur"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B5621F3" w14:textId="77777777" w:rsidR="00C432B1" w:rsidRDefault="00C432B1" w:rsidP="002407FA">
+    <w:p w14:paraId="237B332F" w14:textId="77777777" w:rsidR="002961B8" w:rsidRDefault="002961B8" w:rsidP="002407FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3759B597" w14:textId="77777777" w:rsidR="00C432B1" w:rsidRPr="002407FA" w:rsidRDefault="00C432B1" w:rsidP="002407FA">
+    <w:p w14:paraId="40D7D65F" w14:textId="77777777" w:rsidR="002961B8" w:rsidRPr="002407FA" w:rsidRDefault="002961B8" w:rsidP="002407FA">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7431849D" w14:textId="77777777" w:rsidR="00C432B1" w:rsidRPr="00A17660" w:rsidRDefault="00C432B1" w:rsidP="00A17660">
+    <w:p w14:paraId="66AD06BA" w14:textId="77777777" w:rsidR="002961B8" w:rsidRPr="00A17660" w:rsidRDefault="002961B8" w:rsidP="00A17660">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
-    </w:p>
-[...155 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5B0BC0CA" w14:textId="77777777" w:rsidR="001A12AB" w:rsidRDefault="001A12AB">
-[...9 lines deleted...]
-  <w:p w14:paraId="2F0CDB13" w14:textId="0BC64DD9" w:rsidR="00B070AD" w:rsidRDefault="00B070AD" w:rsidP="00583D58">
+  <w:p w14:paraId="2F0CDB13" w14:textId="4CA85E6D" w:rsidR="00B070AD" w:rsidRDefault="00704F5D" w:rsidP="00583D58">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="51A54503" wp14:editId="292BBF8F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="723B5788" wp14:editId="6999F7BC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:align>center</wp:align>
               </wp:positionV>
-              <wp:extent cx="5943600" cy="170815"/>
-              <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+              <wp:extent cx="5943600" cy="173736"/>
+              <wp:effectExtent l="0" t="0" r="0" b="635"/>
               <wp:wrapNone/>
-              <wp:docPr id="218" name="Text Box 225"/>
+              <wp:docPr id="1750268194" name="Text Box 229"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="5943600" cy="170815"/>
+                        <a:ext cx="5943600" cy="173736"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:sdt>
-                          <w:sdtPr>
+                        <w:p w14:paraId="41C8272A" w14:textId="183A50BA" w:rsidR="00704F5D" w:rsidRPr="00704F5D" w:rsidRDefault="00704F5D">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00704F5D">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                              <w:color w:val="404040"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:alias w:val="Title"/>
-[...60 lines deleted...]
-                        </w:sdt>
+                            <w:t>Plant Research Journal, 00(00), 00-00</w:t>
+                          </w:r>
+                        </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="51A54503" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="723B5788" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 225" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:13.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWhztX3QEAAJsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtju0q414hRdiwwD&#10;um5A1w+gZfmC2aJGKbGzrx8lJ2m3vRV7ESSSPjznkF5dT0Mvdppch6aQ2SKVQhuFVWeaQj5937y7&#10;lMJ5MBX0aHQh99rJ6/XbN6vR5voMW+wrTYJBjMtHW8jWe5sniVOtHsAt0GrDyRppAM9PapKKYGT0&#10;oU/O0vQiGZEqS6i0cxy9m5NyHfHrWiv/ta6d9qIvJHPz8aR4luFM1ivIGwLbdupAA17BYoDOcNMT&#10;1B14EFvq/oEaOkXosPYLhUOCdd0pHTWwmiz9S81jC1ZHLWyOsyeb3P+DVQ+7R/uNhJ8+4sQDjCKc&#10;vUf1wwmDty2YRt8Q4dhqqLhxFixLRuvyw6fBape7AFKOX7DiIcPWYwSaahqCK6xTMDoPYH8yXU9e&#10;KA6eXy3fX6ScUpzLPqSX2XlsAfnxa0vOf9I4iHApJPFQIzrs7p0PbCA/loRmBjdd38fB9uaPABeG&#10;SGQfCM/U/VROXB1UlFjtWQfhvCe813xpkX5JMfKOFNL93AJpKfrPhr24ypbLsFTxwRd6GS2PUTCK&#10;IQqpPEkxP279vIJbS13Tco+j7zfs3KaLop75HBjzBkSth20NK/byHaue/6n1bwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFzM9T/bAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;WEswMZsigh6kKkZpr9PsmASzszG7bdN/7+hFLwOPN7z3vWI5uV7taQydZwOXswQUce1tx42B97f7&#10;i2tQISJb7D2TgSMFWJanJwXm1h/4lfZVbJSEcMjRQBvjkGsd6pYchpkfiMX78KPDKHJstB3xIOGu&#10;1/MkSbXDjqWhxYHuWqo/q52TkvUTHp+TlXupH7+yh82qqRaLxpjzs+n2BlSkKf49ww++oEMpTFu/&#10;YxtUb0CGxN8rXnaVitwamKcZ6LLQ/+HLbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCW&#10;hztX3QEAAJsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBczPU/2wAAAAQBAAAPAAAAAAAAAAAAAAAAADcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape id="Text Box 229" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:13.7pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChgIik3QEAAJsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7abLF2NOEXXIsOA&#10;rhvQ9QNkWY6N2aJGKrGzrx8lJ2m33oZdBImkH997pFfXY9+JvUFqwRYym6VSGKuhau22kE/fN+8+&#10;SEFe2Up1YE0hD4bk9frtm9XgcnMBDXSVQcEglvLBFbLx3uVJQroxvaIZOGM5WQP2yvMTt0mFamD0&#10;vksu0nSZDICVQ9CGiKN3U1KuI35dG+2/1jUZL7pCMjcfT4xnGc5kvVL5FpVrWn2kof6BRa9ay03P&#10;UHfKK7HD9hVU32oEgtrPNPQJ1HWrTdTAarL0LzWPjXImamFzyJ1tov8Hqx/2j+4bCj9+hJEHGEWQ&#10;uwf9g4SF20bZrblBhKExquLGWbAsGRzlx0+D1ZRTACmHL1DxkNXOQwQaa+yDK6xTMDoP4HA23Yxe&#10;aA6+v1rMlymnNOeyy/nlfBlbqPz0tUPynwz0IlwKiTzUiK729+QDG5WfSkIzC5u26+JgO/tHgAtD&#10;JLIPhCfqfixHrg4qSqgOrANh2hPea740gL+kGHhHCkk/dwqNFN1ny15cZYtFWKr44Au+jJanqLKa&#10;IQqpPUoxPW79tII7h+224R4n32/YuU0bRT3zOTLmDYhaj9saVuzlO1Y9/1Pr3wAAAP//AwBQSwME&#10;FAAGAAgAAAAhACVnuW3bAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;WENtYzZFBD1IrZiKXqfZMQlmZ2N226b/3tGLXgYeb3jve/lydJ3a0xBazwYuJwko4srblmsDr5v7&#10;izmoEJEtdp7JwJECLIvTkxwz6w/8Qvsy1kpCOGRooImxz7QOVUMOw8T3xOJ9+MFhFDnU2g54kHDX&#10;6WmSzLTDlqWhwZ7uGqo+y52TkrcnPK6TlXuuHr8WD++rukzT2pjzs/H2BlSkMf49ww++oEMhTFu/&#10;YxtUZ0CGxN8r3uJqJnJrYHqdgi5y/R+++AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCh&#10;gIik3QEAAJsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAlZ7lt2wAAAAQBAAAPAAAAAAAAAAAAAAAAADcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,0">
                 <w:txbxContent>
-                  <w:sdt>
-                    <w:sdtPr>
+                  <w:p w14:paraId="41C8272A" w14:textId="183A50BA" w:rsidR="00704F5D" w:rsidRPr="00704F5D" w:rsidRDefault="00704F5D">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00704F5D">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                        <w:color w:val="404040"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                       </w:rPr>
-                      <w:alias w:val="Title"/>
-[...60 lines deleted...]
-                  </w:sdt>
+                      <w:t>Plant Research Journal, 00(00), 00-00</w:t>
+                    </w:r>
+                  </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="05376026" wp14:editId="682207C8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="52C1E6E6" wp14:editId="5232EF9E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:align>left</wp:align>
+                <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:align>center</wp:align>
               </wp:positionV>
-              <wp:extent cx="914400" cy="170815"/>
-              <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+              <wp:extent cx="911860" cy="170815"/>
+              <wp:effectExtent l="0" t="0" r="3810" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="219" name="Text Box 227"/>
+              <wp:docPr id="1813225164" name="Text Box 231"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="914400" cy="170815"/>
+                        <a:ext cx="911860" cy="170815"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
-                        <a:schemeClr val="accent2"/>
+                        <a:schemeClr val="accent6">
+                          <a:lumMod val="50000"/>
+                        </a:schemeClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="10E5D047" w14:textId="77777777" w:rsidR="00B070AD" w:rsidRDefault="00B070AD">
+                        <w:p w14:paraId="36935172" w14:textId="77777777" w:rsidR="00704F5D" w:rsidRDefault="00704F5D">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                            <w:jc w:val="right"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="leftMargin">
+              <wp14:sizeRelH relativeFrom="rightMargin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="05376026" id="Text Box 227" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:1in;height:13.45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:left-margin-area;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9hCj18QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm1wBI1XS1dFSEt&#10;LNLCB0wdp7FIPGbsNilfz9hJuwvcEBfLM7bfzHvzvLoZ+04cNXmDtpLFIpdCW4W1sftKfvu6fXUt&#10;hQ9ga+jQ6kqetJc365cvVoMr9RJb7GpNgkGsLwdXyTYEV2aZV63uwS/QacuHDVIPgUPaZzXBwOh9&#10;ly3z/E02INWOUGnvOXs3Hcp1wm8arcJD03gdRFdJ7i2kldK6i2u2XkG5J3CtUXMb8A9d9GAsF71A&#10;3UEAcSDzF1RvFKHHJiwU9hk2jVE6cWA2Rf4Hm8cWnE5cWBzvLjL5/werPh8f3RcSYXyPIw8wkfDu&#10;HtV3LyxuWrB7fUuEQ6uh5sJFlCwbnC/np1FqX/oIshs+Yc1DhkPABDQ21EdVmKdgdB7A6SK6HoNQ&#10;nHxXXF3lfKL4qHibXxevUwUoz48d+fBBYy/ippLEM03gcLz3ITYD5flKrOWxM/XWdF0Koo/0piNx&#10;BHYAKKVtWM4FfrvZ2XjfYnw5gcZMIhq5TSzDuBuFqWcVIu8d1idmTjg5i38Cb1qkn1IM7KpK+h8H&#10;IC1F99Gyeoks2zAFTJqeZ3fnLFjFEJVUgaSYgk2YTHtwZPYt1zhP6pa13pqkw1M/c+PsmSTP7O9o&#10;yudxuvX0C9e/AAAA//8DAFBLAwQUAAYACAAAACEAbeUvytsAAAAEAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KhDVSpI41QI0fbApS2VenXjJYkaryPb+aFPz5YLXEYazWrm22w5&#10;2kb06EPtSMHjJAGBVDhTU6ng8Ll6eAYRoiajG0eo4BsDLPPbm0ynxg20w34fS8ElFFKtoIqxTaUM&#10;RYVWh4lrkTj7ct7qyNaX0ng9cLlt5DRJ5tLqmnih0i2+VVic951VsPqgrt9c/OF42crN+X09dOun&#10;rVL3d+PrAkTEMf4dwxWf0SFnppPryATRKOBH4q9es9mM7UnBdP4CMs/kf/j8BwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAH2EKPXxAQAAzQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG3lL8rbAAAABAEAAA8AAAAAAAAAAAAAAAAASwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" o:allowincell="f" fillcolor="#e97132 [3205]" stroked="f">
+            <v:shape w14:anchorId="52C1E6E6" id="Text Box 231" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:20.6pt;margin-top:0;width:71.8pt;height:13.45pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA60dfsBAIAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgu2iw14hRdigwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lO2m3vQ3zgyCS5iF5eLS+G3vDjgq9BlvxYpFzpqyERtt9xb993b1Z&#10;ceaDsI0wYFXFT8rzu83rV+vBleoKOjCNQkYg1peDq3gXgiuzzMtO9cIvwClLwRawF4FM3GcNioHQ&#10;e5Nd5fkyGwAbhyCV9+R9mIJ8k/DbVsnwuW29CsxUnHoL6cR01vHMNmtR7lG4Tsu5DfEPXfRCWyp6&#10;gXoQQbAD6r+gei0RPLRhIaHPoG21VGkGmqbI/5jmqRNOpVmIHO8uNPn/Bys/HZ/cF2RhfAcjLTAN&#10;4d0jyO+eWdh2wu7VPSIMnRINFS4iZdngfDmnRqp96SNIPXyEhpYsDgES0NhiH1mhORmh0wJOF9LV&#10;GJgk521RrJYUkRQq3uar4iZVEOU52aEP7xX0LF4qjrTTBC6Ojz7EZkR5/iXW8mB0s9PGJCPqSG0N&#10;sqMgBQgplQ3LlG4OPXU7+W9y+uaySXoxJSH/hmZsxLQQ0afC0ZPIiPNPTISxHpluZqYiNzU0J2IH&#10;YVIfvRa6dIA/ORtIeRX3Pw4CFWfmgyWGb4vr6yjVZNAFX3rrs1dYSRAVlwE5m4xtmIR9cKj3HdU4&#10;b/Oe9rHTiavnfubGSVdp0PkNROG+tNNfzy918wsAAP//AwBQSwMEFAAGAAgAAAAhAEsxmfHcAAAA&#10;BAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/IfNmHiTLWhqqd0SI3rjAEjgOnTHttKd&#10;bbpbqP56Fi96meTlvbz3TTYfTCNO1LnasoLJOAJBXFhdc6lg+/F+n4BwHlljY5kUfJODeT66yTDV&#10;9sxrOm18KUIJuxQVVN63qZSuqMigG9uWOHiftjPog+xKqTs8h3LTyGkUxdJgzWGhwpZeKyqOm94o&#10;+NlTvOjraKFXyWT5tHtLvvbbpVJ3t8PLMwhPg/8LwxU/oEMemA62Z+1EoyA84n/v1Xt8iEEcFEzj&#10;Gcg8k//h8wsAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOtHX7AQCAADxAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASzGZ8dwAAAAEAQAADwAA&#10;AAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" o:allowincell="f" fillcolor="#265317 [1609]" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="10E5D047" w14:textId="77777777" w:rsidR="00B070AD" w:rsidRDefault="00B070AD">
+                  <w:p w14:paraId="36935172" w14:textId="77777777" w:rsidR="00704F5D" w:rsidRDefault="00704F5D">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                      <w:jc w:val="right"/>
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C2351E7" w14:textId="62DD2431" w:rsidR="00700830" w:rsidRDefault="00402860" w:rsidP="00402860">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2893"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B20CCB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="275317" w:themeColor="accent6" w:themeShade="80"/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E9C207C" wp14:editId="5DF19C28">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E9C207C" wp14:editId="0DA3093B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-21485</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>189230</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3267075" cy="247650"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1904105758" name="Text Box 9"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3267075" cy="247650"/>
                       </a:xfrm>
@@ -4787,51 +4548,51 @@
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ARTICLE TYPE – RESEARCH DOMAIN </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CD18B3" w:rsidRPr="00B20CCB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="275317" w:themeColor="accent6" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="28C9FF34" wp14:editId="68502543">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="28C9FF34" wp14:editId="42A5C738">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="5943600" cy="173736"/>
               <wp:effectExtent l="0" t="0" r="0" b="635"/>
               <wp:wrapNone/>
               <wp:docPr id="220" name="Text Box 229"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5943600" cy="173736"/>
                       </a:xfrm>
@@ -4870,112 +4631,114 @@
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="28C9FF34" id="Text Box 229" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:13.7pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqBDrU4QEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhusnQ14hRdiwwD&#10;um5A1w+QZTkWZosaqcTOvn6Ucmm3vg17EURSPjznkF5ej30ndgbJgitlPplKYZyG2rpNKZ++r999&#10;kIKCcrXqwJlS7g3J69XbN8vBF+YCWuhqg4JBHBWDL2Ubgi+yjHRrekUT8MZxsQHsVeAQN1mNamD0&#10;vssuptNFNgDWHkEbIs7eHYpylfCbxujwtWnIBNGVkrmFdGI6q3hmq6UqNqh8a/WRhvoHFr2yjpue&#10;oe5UUGKL9hVUbzUCQRMmGvoMmsZqkzSwmnz6l5rHVnmTtLA55M820f+D1Q+7R/8NRRg/wsgDTCLI&#10;34P+QcLBbavcxtwgwtAaVXPjPFqWDZ6K46fRaiooglTDF6h5yGobIAGNDfbRFdYpGJ0HsD+bbsYg&#10;NCffX81niymXNNfyy9nlbJFaqOL0tUcKnwz0Il5KiTzUhK529xQiG1WcnsRmDta269JgO/dHgh/G&#10;TGIfCR+oh7Eaha1LOYt9o5gK6j3LQTisC683X1rAX1IMvCqlpJ9bhUaK7rNjS67y+TzuVgr4gi+z&#10;1SmrnGaIUuqAUhyC23DYxK1Hu2m5x8n+GzZwbZO2Zz5H4rwISfJxaeOmvYzTq+dfa/UbAAD//wMA&#10;UEsDBBQABgAIAAAAIQAlZ7lt2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3VhDbWM2RQQ9SK2Yil6n2TEJZmdjdtum/97Ri14GHm9473v5cnSd2tMQWs8GLicJKOLK25Zr&#10;A6+b+4s5qBCRLXaeycCRAiyL05McM+sP/EL7MtZKQjhkaKCJsc+0DlVDDsPE98TiffjBYRQ51NoO&#10;eJBw1+lpksy0w5alocGe7hqqPsudk5K3Jzyuk5V7rh6/Fg/vq7pM09qY87Px9gZUpDH+PcMPvqBD&#10;IUxbv2MbVGdAhsTfK97iaiZya2B6nYIucv0fvvgGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAKgQ61OEBAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAJWe5bdsAAAAEAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape w14:anchorId="28C9FF34" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:468pt;height:13.7pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqBDrU4QEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhusnQ14hRdiwwD&#10;um5A1w+QZTkWZosaqcTOvn6Ucmm3vg17EURSPjznkF5ej30ndgbJgitlPplKYZyG2rpNKZ++r999&#10;kIKCcrXqwJlS7g3J69XbN8vBF+YCWuhqg4JBHBWDL2Ubgi+yjHRrekUT8MZxsQHsVeAQN1mNamD0&#10;vssuptNFNgDWHkEbIs7eHYpylfCbxujwtWnIBNGVkrmFdGI6q3hmq6UqNqh8a/WRhvoHFr2yjpue&#10;oe5UUGKL9hVUbzUCQRMmGvoMmsZqkzSwmnz6l5rHVnmTtLA55M820f+D1Q+7R/8NRRg/wsgDTCLI&#10;34P+QcLBbavcxtwgwtAaVXPjPFqWDZ6K46fRaiooglTDF6h5yGobIAGNDfbRFdYpGJ0HsD+bbsYg&#10;NCffX81niymXNNfyy9nlbJFaqOL0tUcKnwz0Il5KiTzUhK529xQiG1WcnsRmDta269JgO/dHgh/G&#10;TGIfCR+oh7Eaha1LOYt9o5gK6j3LQTisC683X1rAX1IMvCqlpJ9bhUaK7rNjS67y+TzuVgr4gi+z&#10;1SmrnGaIUuqAUhyC23DYxK1Hu2m5x8n+GzZwbZO2Zz5H4rwISfJxaeOmvYzTq+dfa/UbAAD//wMA&#10;UEsDBBQABgAIAAAAIQAlZ7lt2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9h&#10;GcGb3VhDbWM2RQQ9SK2Yil6n2TEJZmdjdtum/97Ri14GHm9473v5cnSd2tMQWs8GLicJKOLK25Zr&#10;A6+b+4s5qBCRLXaeycCRAiyL05McM+sP/EL7MtZKQjhkaKCJsc+0DlVDDsPE98TiffjBYRQ51NoO&#10;eJBw1+lpksy0w5alocGe7hqqPsudk5K3Jzyuk5V7rh6/Fg/vq7pM09qY87Px9gZUpDH+PcMPvqBD&#10;IUxbv2MbVGdAhsTfK97iaiZya2B6nYIucv0fvvgGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAKgQ61OEBAACiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAJWe5bdsAAAAEAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5FD75195" w14:textId="5074C06D" w:rsidR="00CD18B3" w:rsidRDefault="00CD18B3" w:rsidP="00CD18B3">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CD18B3" w:rsidRPr="00B20CCB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="275317" w:themeColor="accent6" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="65B25E18" wp14:editId="41B61697">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="65B25E18" wp14:editId="6CD87E51">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="topMargin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="911860" cy="170815"/>
               <wp:effectExtent l="0" t="0" r="7620" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="221" name="Text Box 231"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="911860" cy="170815"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
-                        <a:schemeClr val="accent2"/>
+                        <a:schemeClr val="accent6">
+                          <a:lumMod val="50000"/>
+                        </a:schemeClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="626199C4" w14:textId="77777777" w:rsidR="00CD18B3" w:rsidRDefault="00CD18B3">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -4989,51 +4752,51 @@
                               <w:noProof/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="rightMargin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="65B25E18" id="Text Box 231" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:20.6pt;margin-top:0;width:71.8pt;height:13.45pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIsZxm9QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46DrEuNOEWXIsOA&#10;bh3Q7QMYWY6F2aJGKbGzrx8lJ2m33YpeBJGSHvken5Y3Q9eKgyZv0JYyn0yl0FZhZeyulD++b94t&#10;pPABbAUtWl3Ko/byZvX2zbJ3hZ5hg22lSTCI9UXvStmE4Ios86rRHfgJOm35sEbqIHBIu6wi6Bm9&#10;a7PZdHqV9UiVI1Tae87ejYdylfDrWqvwUNdeB9GWknsLaaW0buOarZZQ7AhcY9SpDXhBFx0Yy0Uv&#10;UHcQQOzJ/AfVGUXosQ4ThV2GdW2UThyYTT79h81jA04nLiyOdxeZ/OvBqq+HR/eNRBg+4sADTCS8&#10;u0f10wuL6wbsTt8SYd9oqLhwHiXLeueL09MotS98BNn2X7DiIcM+YAIaauqiKsxTMDoP4HgRXQ9B&#10;KE5e5/niik8UH+Ufpov8faoAxfmxIx8+aexE3JSSeKYJHA73PsRmoDhfibU8tqbamLZNQfSRXrck&#10;DsAOAKW0DbNTgb9utjbetxhfjqAxk4hGbiPLMGwHYapSziNE5L3F6sjMCUdn8U/gTYP0W4qeXVVK&#10;/2sPpKVoP1tW7zqfz6MNU8Abep7dnrNgFUOUUgWSYgzWYTTt3pHZNVzjPKlb1npjkg5P/ZwaZ88k&#10;eU7+jqZ8HqdbT79w9QcAAP//AwBQSwMEFAAGAAgAAAAhAPlLf3LcAAAABAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ4EIQpwKIdoeuJRSies2XpKo8TqynR/69Li9wGWl0Yxm&#10;vs0Xk2nFQM43lhXczhIQxKXVDVcKdp/Lm0cQPiBrbC2Tgh/ysCguL3LMtB35g4ZtqEQsYZ+hgjqE&#10;LpPSlzUZ9DPbEUfv2zqDIUpXSe1wjOWmlfMkSaXBhuNCjR291lQetr1RsHznflgf3e7ruJHrw9tq&#10;7FcPG6Wur6aXZxCBpvAXhhN+RIciMu1tz9qLVkF8JJzvybu/S0HsFczTJ5BFLv/DF78AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEACLGcZvUBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+Ut/ctwAAAAEAQAADwAAAAAAAAAAAAAAAABPBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" o:allowincell="f" fillcolor="#e97132 [3205]" stroked="f">
+            <v:shape w14:anchorId="65B25E18" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:20.6pt;margin-top:0;width:71.8pt;height:13.45pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:1000;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:page;mso-position-vertical:center;mso-position-vertical-relative:top-margin-area;mso-width-percent:1000;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDpGJIBgIAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgu0iw14hRdigwD&#10;ugvQ7QMUWY6FyaJGKbGzrx8lO2m3vhXzgyCS5iF5eLS6HTrDjgq9BlvxYpZzpqyEWtt9xX98375b&#10;cuaDsLUwYFXFT8rz2/XbN6veleoKWjC1QkYg1pe9q3gbgiuzzMtWdcLPwClLwQawE4FM3Gc1ip7Q&#10;O5Nd5fki6wFrhyCV9+S9H4N8nfCbRsnwtWm8CsxUnHoL6cR07uKZrVei3KNwrZZTG+IVXXRCWyp6&#10;gboXQbAD6hdQnZYIHpowk9Bl0DRaqjQDTVPk/0zz2Aqn0ixEjncXmvz/g5Vfjo/uG7IwfICBFpiG&#10;8O4B5E/PLGxaYffqDhH6VomaCheRsqx3vpxSI9W+9BFk13+GmpYsDgES0NBgF1mhORmh0wJOF9LV&#10;EJgk501RLBcUkRQq3ufL4jpVEOU52aEPHxV0LF4qjrTTBC6ODz7EZkR5/iXW8mB0vdXGJCPqSG0M&#10;sqMgBQgplQ2LlG4OHXU7+q9z+qaySXoxJSH/hWZsxLQQ0cfC0ZPIiPOPTIRhNzBdV3weASM3O6hP&#10;xA7CqD56LXRpAX9z1pPyKu5/HQQqzswnSwzfFPN5lGoy6ILPvbuzV1hJEBWXATkbjU0YhX1wqPct&#10;1Thv8472sdWJq6d+psZJV2nQ6Q1E4T63019PL3X9BwAA//8DAFBLAwQUAAYACAAAACEASzGZ8dwA&#10;AAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb8h82YeJMtaGqp3RIjeuMASOA6dMe2&#10;0p1tuluo/noWL3qZ5OW9vPdNNh9MI07Uudqygsk4AkFcWF1zqWD78X6fgHAeWWNjmRR8k4N5PrrJ&#10;MNX2zGs6bXwpQgm7FBVU3replK6oyKAb25Y4eJ+2M+iD7EqpOzyHctPIaRTF0mDNYaHCll4rKo6b&#10;3ij42VO86OtooVfJZPm0e0u+9tulUne3w8szCE+D/wvDFT+gQx6YDrZn7USjIDzif+/Ve3yIQRwU&#10;TOMZyDyT/+HzCwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBDpGJIBgIAAPEDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBLMZnx3AAAAAQBAAAP&#10;AAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" o:allowincell="f" fillcolor="#265317 [1609]" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="626199C4" w14:textId="77777777" w:rsidR="00CD18B3" w:rsidRDefault="00CD18B3">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
@@ -5064,77 +4827,77 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="6EE251D2" w14:textId="199421B0" w:rsidR="00402860" w:rsidRDefault="00402860" w:rsidP="00402860">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="2893"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="3A7C22" w:themeColor="accent6" w:themeShade="BF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="177AFC11" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1030" type="#_x0000_t75" alt="Envelope outline" style="width:9.1pt;height:7.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQCRq9jJxQEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWykk81u&#10;2zAMx+8D9g6C7q2TtGhTI04vWYsBwxYM7QMoMhUL0xco2UnefpStZulpQ3ewTJr2nz9+ePV4tIYN&#10;gFF71/D59YwzcNK32u0b/vrydLXkLCbhWmG8g4afIPLH9edPq0OoYeE7b1pARiIu1ofQ8C6lUFdV&#10;lB1YEa99AEdB5dGKRC7uqxbFgdStqRaz2V118NgG9BJipKebKcjXo75SINMPpSIkZhpObGk8cTx3&#10;+azWK1HvUYROy4IhPkBhhXaU9Cy1EUmwHvUHpIKWqUcgNbJqugoWWf+hVkTsP2lYgb/6cCW9DSLp&#10;nTY6ncZuFyg3bLXc4kQovw9bZLql6S9mD8u7+9ubW86csDTt59LYy0gLUdIAvrgBDI2X+T4Z7SBP&#10;Ihec5bI4uVX23+XaGR2etDG509kuVZHc3/fGK6UlbLzsLbg0LQ+CoQK9i50OkTOswe6AKsGv7Xxa&#10;jZgQkuxyQkWJf9JCZTJRnwMj5R+wzBxDbo6ojwptvlNqdhx37nTeOTgmJunhfL5c3i84kxQq9pTg&#10;7eOAMT2DtywbhEYENAZRi+FbLCxvr5SWTelHLqIZacuG57W89Mm+/A/XvwEAAP//AwBQSwMECgAA&#10;AAAAAAAhAJEbuiYTBgAAEwYAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAADAAAAAwAgGAAAAUtxsBwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMA&#10;AB2HAAAdhwGP5fFlAAAFqElEQVR4Xu3Xi43jRhRE0dmNwKE4BIfgEByCM9lQHIpDcQg2H6CGhVq2&#10;+OtPPfIeoDELiSJLQNVi5gsAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAcNC318+W/n39BHpo2tnvr5/AIzEAPBoDABqLvwFq54/lAJ9ER/5Zzlp/4thbC/1+GAFq&#10;tsofx95aaD2MAGpP+ePY08C/rbwWhxGgqJU/XtfX7K0FZgSo+VT+oK/bqwVmBFBb5Q/6nr1PgRkB&#10;ij3lD/q+va3AjAB7yx/0Gnt7AjOC5zpS/qDX2dsbmBE8z9HyB73W3pHAjOA5zpQ/6PX2jgZmBPd3&#10;tvxBP2PvTGBGcF9Xyh/0c/bOBmYE93O1/EE/a+9KYEZwHy3KH/Tz9q4GZgT5tSp/0HvYaxGYEeTV&#10;svxB72OvVWBGkE/r8ge9l72WgRlBHj3KH/R+9loHZgT+epU/6D3t9QjMCHz1LH/Q+9rrFZgR+Old&#10;/qD3ttczMCPwMaL8Qe9vr3dgRjDfqPIHfYa9EYEZwTwjyx/0OfZGBWYE440uf9Bn2RsZmBGMM6P8&#10;QZ9nb3RgRtDfrPIHfaa9GYEZQT8zyx/0ufZmBWYE7c0uf9Bn25sZmBG041D+oM+3NzswI7jOpfxB&#10;M9hzCMwIznMqf9Ac9lwCM4Lj3MofNIs9p8CMYD/H8gfNY88tMCPY5lr+oJnsOQZmBHXO5Q+ay55r&#10;YEbwM/fyB81mzzkwI/hfhvIHzWfPPTAjyFP+oBntZQj85BFkKn/QnPayBH7iCLKVP2hWe5kCP2kE&#10;GcsfNK+9bIGfMIKs5Q+a2V66wIs7jyBz+YPmtpcu8MsdR5C9/EGz20sX+M2dRnCH8gfNby9dYHGH&#10;Edyl/EG/g710gVdkHsGdyh/0e9hLF7gi4wjuVv6g38VeusAVtTLFcSxUtrx76Xexly7wik9lKsep&#10;VNnyHqHfw166wGJPmcpxKFW2vEfpd7CXLvCbWpnidce/CbLlPUPz20sX+OVTmQqnUmXLe5Zmt5cu&#10;8GJPmQqHUmXLe4Xmtpct8JEyFTNLlS3vVZrZXqbAZ8pUzChVtrwtaF57WQJfKVMxslTZ8raiWe1l&#10;CNyiTMWIUmXL25LmtOceuGWZip6lypa3Nc1ozzlwjzIVPUqVLW8Pms+ea+CeZSpalipb3l40mz3H&#10;wCPKVLQoVba8PWkue26BR5apuFKqbHl700z2nALPKFNRK9WP5az5ZTnxnlve2SPQPPZcAs8sf1Er&#10;1d/LibL/uZzIE/+O19audcg7cwSaxZ5DYIfyF7VSbZ3I75R31gg0h73ZgZ3KX/y6nNr/8Gsnro3P&#10;zOI0As1gb2Zgx/K/i195NNv7iexxTfw9MJvLCPT59mYFdi//u9+XE0WP3/3/ev07/sd3KP47hxHo&#10;s+3NCJyp/NnMHoE+197owJS/v5kj0GfaGxmY8o8zawT6PHujAlP+8WaMQJ9lb0Rgyj/P6BHoc+z1&#10;Dkz55xs5An2GvZ6BKb+PUSPQ+9vrFZjy+xkxAr23vR6BKb+v3iPQ+9prHZjy++s5Ar2nvZaBKX8e&#10;vUag97PXKjDlz6fHCPRe9loEpvx5tR6B3sfe1cCUP7+WI9B72LsSmPLfR6sR6OftnQ1M+e+nxQj0&#10;s/bOBKb893V1BPo5e0cDU/77uzIC/Yy9I4Ep/3OcHYFeb29vYMr/PGdGoNfa2xOY8j/X0RHodfa2&#10;AlN+HBmBXmPvU2DKj2LvCPR9e7XAlB9qzwj0PXtrgSk/arZGoK/b08CUH1s+jUBfs6eBKT/2qI1A&#10;j7210O+H8qNmzwjsrYUuh/Jjy9YImvr2+tlS85DAm6ad/f76CTwSA8CjMQAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAALDb19d/gBRQA7L3JFQAAAAASUVORK5C&#10;YIJQSwMECgAAAAAAAAAhAEegKEvRBAAA0QQAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnN2Zzxzdmcg&#10;dmlld0JveD0iMCAwIDk2IDk2IiB4bWxucz0iaHR0cDovL3d3dy53My5vcmcvMjAwMC9zdmciIHht&#10;bG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5L3hsaW5rIiBpZD0iSWNvbnNfRW52ZWxv&#10;cGVfTSIgb3ZlcmZsb3c9ImhpZGRlbiI+PGRlZnM+PC9kZWZzPjxnIGlkPSJJY29ucyI+PHBhdGgg&#10;ZD0iTTEwIDIxIDEwIDc1IDg2IDc1IDg2IDIxWk01MC4xMjIgNTUuNDY0QzQ4Ljk0OCA1Ni42MzEg&#10;NDcuMDUyIDU2LjYzMSA0NS44NzggNTUuNDY0TDEzLjQzMSAyMy4wMTdDMTMuNDI3MSAyMy4wMTMx&#10;IDEzLjQyNzIgMjMuMDA2NyAxMy40MzExIDIzLjAwMjkgMTMuNDMzIDIzLjAwMTEgMTMuNDM1NCAy&#10;MyAxMy40MzggMjNMODIuNTYyIDIzQzgyLjU2NzUgMjMuMDAwMSA4Mi41NzE5IDIzLjAwNDYgODIu&#10;NTcxOSAyMy4wMTAxIDgyLjU3MTggMjMuMDEyNyA4Mi41NzA4IDIzLjAxNTIgODIuNTY5IDIzLjAx&#10;N1pNMzUuNTg2IDQ4IDEyLjAxNyA3MS41NjlDMTIuMDEzMSA3MS41NzI5IDEyLjAwNjcgNzEuNTcy&#10;OCAxMi4wMDI5IDcxLjU2ODkgMTIuMDAxMSA3MS41NjcgMTIgNzEuNTY0NiAxMiA3MS41NjJMMTIg&#10;MjQuNDM4QzEyLjAwMDEgMjQuNDMyNSAxMi4wMDQ2IDI0LjQyODEgMTIuMDEwMSAyNC40MjgxIDEy&#10;LjAxMjcgMjQuNDI4MiAxMi4wMTUyIDI0LjQyOTIgMTIuMDE3IDI0LjQzMVpNMzcgNDkuNDE0IDQ0&#10;LjQ2NCA1Ni44NzhDNDYuNDE2NCA1OC44MzA5IDQ5LjU4MjIgNTguODMxMyA1MS41MzUxIDU2Ljg3&#10;ODkgNTEuNTM1NCA1Ni44Nzg2IDUxLjUzNTcgNTYuODc4MyA1MS41MzYgNTYuODc4TDU5IDQ5LjQx&#10;NCA4Mi41NjkgNzIuOTgzQzgyLjU3MjkgNzIuOTg2OSA4Mi41NzI4IDcyLjk5MzMgODIuNTY4OSA3&#10;Mi45OTcxIDgyLjU2NyA3Mi45OTg5IDgyLjU2NDYgNzMgODIuNTYyIDczTDEzLjQzOCA3M0MxMy40&#10;MzI1IDcyLjk5OTkgMTMuNDI4MSA3Mi45OTU0IDEzLjQyODEgNzIuOTg5OSAxMy40MjgyIDcyLjk4&#10;NzMgMTMuNDI5MiA3Mi45ODQ4IDEzLjQzMSA3Mi45ODNaTTYwLjQxNCA0OCA4My45ODMgMjQuNDMx&#10;QzgzLjk4NjkgMjQuNDI3MSA4My45OTMzIDI0LjQyNzIgODMuOTk3MSAyNC40MzExIDgzLjk5ODkg&#10;MjQuNDMzIDg0IDI0LjQzNTQgODQgMjQuNDM4TDg0IDcxLjU2MkM4My45OTk5IDcxLjU2NzUgODMu&#10;OTk1NCA3MS41NzE5IDgzLjk4OTkgNzEuNTcxOSA4My45ODczIDcxLjU3MTggODMuOTg0OCA3MS41&#10;NzA4IDgzLjk4MyA3MS41NjlaIi8+PC9nPjwvc3ZnPlBLAwQUAAYACAAAACEAP8h5wNoAAAADAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPP2vDMBDF90K+g7hCl9LIyRAH13IoAQ8dWmjawePZOv+h1slY&#10;Suz201dJhma5x/GO936X7mbTixONrrOsYLWMQBBXVnfcKPj6zJ+2IJxH1thbJgU/5GCXLe5STLSd&#10;+INOB9+IEMIuQQWt90MipataMuiWdiAOXm1Hgz6sYyP1iFMIN71cR9FGGuw4NLQ40L6l6vtwNAri&#10;36KuX9/fCsyLMl+tJ4zjx41SD/fzyzMIT7P/P4YzfkCHLDCV9sjaiV5BeMRf5tnbxiDKq8oslbfs&#10;2R8AAAD//wMAUEsDBBQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc7yQsWoDMQyG90LewWjv+e6GUkp8WUoha0gfQNg6n8lZNpYbmrePaZYGAt06SuL//g9t&#10;d99xVWcqEhIbGLoeFLFNLrA38Hn8eH4FJRXZ4ZqYDFxIYDdtnrYHWrG2kCwhi2oUFgNLrflNa7EL&#10;RZQuZeJ2mVOJWNtYvM5oT+hJj33/ostvBkx3TLV3BsrejaCOl9ya/2aneQ6W3pP9isT1QYUOsXU3&#10;IBZP1UAkF/C2HDs5e9CPHYb/cRi6zD8O+u650xUAAP//AwBQSwECLQAUAAYACAAAACEAqNbHqBMB&#10;AABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEQBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCRq9jJxQEAAM8DAAAOAAAAAAAAAAAAAAAAAEMCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQCRG7omEwYAABMGAAAUAAAAAAAAAAAAAAAAADQEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItAAoAAAAAAAAAIQBHoChL0QQAANEEAAAUAAAAAAAAAAAAAAAAAHkKAABkcnMvbWVkaWEvaW1h&#10;Z2UyLnN2Z1BLAQItABQABgAIAAAAIQA/yHnA2gAAAAMBAAAPAAAAAAAAAAAAAAAAAHwPAABkcnMv&#10;ZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAIlYO7scAAAClAQAAGQAAAAAAAAAAAAAAAACDEAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABwAHAL4BAACBEQAAAAA=&#10;" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Envelope outline" style="width:9.1pt;height:7.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQCRq9jJxQEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWykk81u&#10;2zAMx+8D9g6C7q2TtGhTI04vWYsBwxYM7QMoMhUL0xco2UnefpStZulpQ3ewTJr2nz9+ePV4tIYN&#10;gFF71/D59YwzcNK32u0b/vrydLXkLCbhWmG8g4afIPLH9edPq0OoYeE7b1pARiIu1ofQ8C6lUFdV&#10;lB1YEa99AEdB5dGKRC7uqxbFgdStqRaz2V118NgG9BJipKebKcjXo75SINMPpSIkZhpObGk8cTx3&#10;+azWK1HvUYROy4IhPkBhhXaU9Cy1EUmwHvUHpIKWqUcgNbJqugoWWf+hVkTsP2lYgb/6cCW9DSLp&#10;nTY6ncZuFyg3bLXc4kQovw9bZLql6S9mD8u7+9ubW86csDTt59LYy0gLUdIAvrgBDI2X+T4Z7SBP&#10;Ihec5bI4uVX23+XaGR2etDG509kuVZHc3/fGK6UlbLzsLbg0LQ+CoQK9i50OkTOswe6AKsGv7Xxa&#10;jZgQkuxyQkWJf9JCZTJRnwMj5R+wzBxDbo6ojwptvlNqdhx37nTeOTgmJunhfL5c3i84kxQq9pTg&#10;7eOAMT2DtywbhEYENAZRi+FbLCxvr5SWTelHLqIZacuG57W89Mm+/A/XvwEAAP//AwBQSwMECgAA&#10;AAAAAAAhAJEbuiYTBgAAEwYAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAADAAAAAwAgGAAAAUtxsBwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMA&#10;AB2HAAAdhwGP5fFlAAAFqElEQVR4Xu3Xi43jRhRE0dmNwKE4BIfgEByCM9lQHIpDcQg2H6CGhVq2&#10;+OtPPfIeoDELiSJLQNVi5gsAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAcNC318+W/n39BHpo2tnvr5/AIzEAPBoDABqLvwFq54/lAJ9ER/5Zzlp/4thbC/1+GAFq&#10;tsofx95aaD2MAGpP+ePY08C/rbwWhxGgqJU/XtfX7K0FZgSo+VT+oK/bqwVmBFBb5Q/6nr1PgRkB&#10;ij3lD/q+va3AjAB7yx/0Gnt7AjOC5zpS/qDX2dsbmBE8z9HyB73W3pHAjOA5zpQ/6PX2jgZmBPd3&#10;tvxBP2PvTGBGcF9Xyh/0c/bOBmYE93O1/EE/a+9KYEZwHy3KH/Tz9q4GZgT5tSp/0HvYaxGYEeTV&#10;svxB72OvVWBGkE/r8ge9l72WgRlBHj3KH/R+9loHZgT+epU/6D3t9QjMCHz1LH/Q+9rrFZgR+Old&#10;/qD3ttczMCPwMaL8Qe9vr3dgRjDfqPIHfYa9EYEZwTwjyx/0OfZGBWYE440uf9Bn2RsZmBGMM6P8&#10;QZ9nb3RgRtDfrPIHfaa9GYEZQT8zyx/0ufZmBWYE7c0uf9Bn25sZmBG041D+oM+3NzswI7jOpfxB&#10;M9hzCMwIznMqf9Ac9lwCM4Lj3MofNIs9p8CMYD/H8gfNY88tMCPY5lr+oJnsOQZmBHXO5Q+ay55r&#10;YEbwM/fyB81mzzkwI/hfhvIHzWfPPTAjyFP+oBntZQj85BFkKn/QnPayBH7iCLKVP2hWe5kCP2kE&#10;GcsfNK+9bIGfMIKs5Q+a2V66wIs7jyBz+YPmtpcu8MsdR5C9/EGz20sX+M2dRnCH8gfNby9dYHGH&#10;Edyl/EG/g710gVdkHsGdyh/0e9hLF7gi4wjuVv6g38VeusAVtTLFcSxUtrx76Xexly7wik9lKsep&#10;VNnyHqHfw166wGJPmcpxKFW2vEfpd7CXLvCbWpnidce/CbLlPUPz20sX+OVTmQqnUmXLe5Zmt5cu&#10;8GJPmQqHUmXLe4Xmtpct8JEyFTNLlS3vVZrZXqbAZ8pUzChVtrwtaF57WQJfKVMxslTZ8raiWe1l&#10;CNyiTMWIUmXL25LmtOceuGWZip6lypa3Nc1ozzlwjzIVPUqVLW8Pms+ea+CeZSpalipb3l40mz3H&#10;wCPKVLQoVba8PWkue26BR5apuFKqbHl700z2nALPKFNRK9WP5az5ZTnxnlve2SPQPPZcAs8sf1Er&#10;1d/LibL/uZzIE/+O19audcg7cwSaxZ5DYIfyF7VSbZ3I75R31gg0h73ZgZ3KX/y6nNr/8Gsnro3P&#10;zOI0As1gb2Zgx/K/i195NNv7iexxTfw9MJvLCPT59mYFdi//u9+XE0WP3/3/ev07/sd3KP47hxHo&#10;s+3NCJyp/NnMHoE+197owJS/v5kj0GfaGxmY8o8zawT6PHujAlP+8WaMQJ9lb0Rgyj/P6BHoc+z1&#10;Dkz55xs5An2GvZ6BKb+PUSPQ+9vrFZjy+xkxAr23vR6BKb+v3iPQ+9prHZjy++s5Ar2nvZaBKX8e&#10;vUag97PXKjDlz6fHCPRe9loEpvx5tR6B3sfe1cCUP7+WI9B72LsSmPLfR6sR6OftnQ1M+e+nxQj0&#10;s/bOBKb893V1BPo5e0cDU/77uzIC/Yy9I4Ep/3OcHYFeb29vYMr/PGdGoNfa2xOY8j/X0RHodfa2&#10;AlN+HBmBXmPvU2DKj2LvCPR9e7XAlB9qzwj0PXtrgSk/arZGoK/b08CUH1s+jUBfs6eBKT/2qI1A&#10;j7210O+H8qNmzwjsrYUuh/Jjy9YImvr2+tlS85DAm6ad/f76CTwSA8CjMQAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAALDb19d/gBRQA7L3JFQAAAAASUVORK5C&#10;YIJQSwMECgAAAAAAAAAhAEegKEvRBAAA0QQAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnN2Zzxzdmcg&#10;dmlld0JveD0iMCAwIDk2IDk2IiB4bWxucz0iaHR0cDovL3d3dy53My5vcmcvMjAwMC9zdmciIHht&#10;bG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5L3hsaW5rIiBpZD0iSWNvbnNfRW52ZWxv&#10;cGVfTSIgb3ZlcmZsb3c9ImhpZGRlbiI+PGRlZnM+PC9kZWZzPjxnIGlkPSJJY29ucyI+PHBhdGgg&#10;ZD0iTTEwIDIxIDEwIDc1IDg2IDc1IDg2IDIxWk01MC4xMjIgNTUuNDY0QzQ4Ljk0OCA1Ni42MzEg&#10;NDcuMDUyIDU2LjYzMSA0NS44NzggNTUuNDY0TDEzLjQzMSAyMy4wMTdDMTMuNDI3MSAyMy4wMTMx&#10;IDEzLjQyNzIgMjMuMDA2NyAxMy40MzExIDIzLjAwMjkgMTMuNDMzIDIzLjAwMTEgMTMuNDM1NCAy&#10;MyAxMy40MzggMjNMODIuNTYyIDIzQzgyLjU2NzUgMjMuMDAwMSA4Mi41NzE5IDIzLjAwNDYgODIu&#10;NTcxOSAyMy4wMTAxIDgyLjU3MTggMjMuMDEyNyA4Mi41NzA4IDIzLjAxNTIgODIuNTY5IDIzLjAx&#10;N1pNMzUuNTg2IDQ4IDEyLjAxNyA3MS41NjlDMTIuMDEzMSA3MS41NzI5IDEyLjAwNjcgNzEuNTcy&#10;OCAxMi4wMDI5IDcxLjU2ODkgMTIuMDAxMSA3MS41NjcgMTIgNzEuNTY0NiAxMiA3MS41NjJMMTIg&#10;MjQuNDM4QzEyLjAwMDEgMjQuNDMyNSAxMi4wMDQ2IDI0LjQyODEgMTIuMDEwMSAyNC40MjgxIDEy&#10;LjAxMjcgMjQuNDI4MiAxMi4wMTUyIDI0LjQyOTIgMTIuMDE3IDI0LjQzMVpNMzcgNDkuNDE0IDQ0&#10;LjQ2NCA1Ni44NzhDNDYuNDE2NCA1OC44MzA5IDQ5LjU4MjIgNTguODMxMyA1MS41MzUxIDU2Ljg3&#10;ODkgNTEuNTM1NCA1Ni44Nzg2IDUxLjUzNTcgNTYuODc4MyA1MS41MzYgNTYuODc4TDU5IDQ5LjQx&#10;NCA4Mi41NjkgNzIuOTgzQzgyLjU3MjkgNzIuOTg2OSA4Mi41NzI4IDcyLjk5MzMgODIuNTY4OSA3&#10;Mi45OTcxIDgyLjU2NyA3Mi45OTg5IDgyLjU2NDYgNzMgODIuNTYyIDczTDEzLjQzOCA3M0MxMy40&#10;MzI1IDcyLjk5OTkgMTMuNDI4MSA3Mi45OTU0IDEzLjQyODEgNzIuOTg5OSAxMy40MjgyIDcyLjk4&#10;NzMgMTMuNDI5MiA3Mi45ODQ4IDEzLjQzMSA3Mi45ODNaTTYwLjQxNCA0OCA4My45ODMgMjQuNDMx&#10;QzgzLjk4NjkgMjQuNDI3MSA4My45OTMzIDI0LjQyNzIgODMuOTk3MSAyNC40MzExIDgzLjk5ODkg&#10;MjQuNDMzIDg0IDI0LjQzNTQgODQgMjQuNDM4TDg0IDcxLjU2MkM4My45OTk5IDcxLjU2NzUgODMu&#10;OTk1NCA3MS41NzE5IDgzLjk4OTkgNzEuNTcxOSA4My45ODczIDcxLjU3MTggODMuOTg0OCA3MS41&#10;NzA4IDgzLjk4MyA3MS41NjlaIi8+PC9nPjwvc3ZnPlBLAwQUAAYACAAAACEAP8h5wNoAAAADAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPP2vDMBDF90K+g7hCl9LIyRAH13IoAQ8dWmjawePZOv+h1slY&#10;Suz201dJhma5x/GO936X7mbTixONrrOsYLWMQBBXVnfcKPj6zJ+2IJxH1thbJgU/5GCXLe5STLSd&#10;+INOB9+IEMIuQQWt90MipataMuiWdiAOXm1Hgz6sYyP1iFMIN71cR9FGGuw4NLQ40L6l6vtwNAri&#10;36KuX9/fCsyLMl+tJ4zjx41SD/fzyzMIT7P/P4YzfkCHLDCV9sjaiV5BeMRf5tnbxiDKq8oslbfs&#10;2R8AAAD//wMAUEsDBBQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc7yQsWoDMQyG90LewWjv+e6GUkp8WUoha0gfQNg6n8lZNpYbmrePaZYGAt06SuL//g9t&#10;d99xVWcqEhIbGLoeFLFNLrA38Hn8eH4FJRXZ4ZqYDFxIYDdtnrYHWrG2kCwhi2oUFgNLrflNa7EL&#10;RZQuZeJ2mVOJWNtYvM5oT+hJj33/ostvBkx3TLV3BsrejaCOl9ya/2aneQ6W3pP9isT1QYUOsXU3&#10;IBZP1UAkF/C2HDs5e9CPHYb/cRi6zD8O+u650xUAAP//AwBQSwECLQAUAAYACAAAACEAqNbHqBMB&#10;AABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEQBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCRq9jJxQEAAM8DAAAOAAAAAAAAAAAAAAAAAEMCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQCRG7omEwYAABMGAAAUAAAAAAAAAAAAAAAAADQEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItAAoAAAAAAAAAIQBHoChL0QQAANEEAAAUAAAAAAAAAAAAAAAAAHkKAABkcnMvbWVkaWEvaW1h&#10;Z2UyLnN2Z1BLAQItABQABgAIAAAAIQA/yHnA2gAAAAMBAAAPAAAAAAAAAAAAAAAAAHwPAABkcnMv&#10;ZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAIlYO7scAAAClAQAAGQAAAAAAAAAAAAAAAACDEAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABwAHAL4BAACBEQAAAAA=&#10;" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="" croptop="-8647f" cropbottom="-10923f" cropright="-1800f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1031" type="#_x0000_t75" alt="Telephone outline" style="width:12.95pt;height:10.1pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQAL4osRDAIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWykU8tu&#10;2zAQvBfoPxC8J7KkWE0Ey7kYCQr0YbQpeqaolUWUL5CUZf99l5QcuKcW6UHEkivOzuwON48nJckR&#10;nBdGNzS/XVECmptO6ENDf7w83dxT4gPTHZNGQ0PP4Onj9v27zWRrKMxgZAeOIIj29WQbOoRg6yzz&#10;fADF/K2xoDHZG6dYwK07ZJ1jE6IrmRWrVZVNxnXWGQ7e4+luTtJtwu974OFr33sIRDYUuYW0OmRa&#10;PnygpG1oeZ/TbLth9cExOwi+cGFvoKKY0Fj5FWrHAiOjE2+AsoKH0QGiYVTjt9DC6D/QFhD1TxiK&#10;uV+jveFGWRZEK6QI59TyhZQ+7gXfu5kh/3LcOyI6bGxeVGVelhV2WzOFI39eGnud6cBznMILSLAD&#10;GoOYMUihIY4iKo54ER23Wdz/UayVwj4JKYkz4acIw/eBWayTp97H5KITC/zdTqbvBYed4aMCHWZP&#10;OZAo2Wg/COspcTWoFlCb+9gtZvGOf0NvRVet10WVjJXf5QW6HatWqwcM0Fx5ta7uZnv54CDwIdqj&#10;R+7xdhTH6tdEEnrRNrfBW+xqO302HepjYzBJ4ql3KuIgdXJKhj7HNbkYToFwPMyrsijR4RxTSGuV&#10;VzGP5S6XrfPhGYwiMUBpyCeBs+MnvzC7/BJrSR1XbWLfZ6B4kihHkkuIo0pFlrcUH8D1HuPrZ7/9&#10;DQAA//8DAFBLAwQKAAAAAAAAACEAGK7bk2ELAABhCwAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAMAAAADACAYAAABS3GwHAAAAAXNSR0IArs4c6QAAAARnQU1BAACx&#10;jwv8YQUAAAAJcEhZcwAAHYcAAB2HAY/l8WUAAAr2SURBVHhe7Z2BkfQ4EUb/IwKI4CACIIKDCIAI&#10;gAjgIgAiACIAIgAiACIAIoCLAIgA/IoRJ/pkWx7Ltmy9V9Xl2d3xrNzqr9WSNTMfRERERERERERE&#10;RERERERERERERERERERERERERERERERERERERERERERERERERERERERERESkKR+9jvI+X87sqy+D&#10;jydLj/nb0hH+mR3zx/nxs8n+/jLIH8sbKIA6UnB/Y7Kvv47pd3kQX0USAkL5a/bzHyeTBRTA/0Mw&#10;E9wYGZxjntXvCEL4y2QKo8DoAiDgvzUZgf6dyXrJ6Gfwu8kQBWIYVhCjCSBldII9Zfq9pJodSxn2&#10;X9nPHBPpcXp+ThJefszFyGPans8tOKbHe0EEjBR/ej2O7XskTxcAQZOye8r070AwpOBOWTP9rodA&#10;SUJI18s8hZ/3CDwJ4vevx4/kiQIgCAh2gv67r59r6T3Q3yEJIQmD49ZRg2v/9WSPFsOdoUN/PNmf&#10;J/vHZP+uNJ77h8l+Ohmi2SKWO8N1khx+Phk+K/lmyX472Q8mkwtJnbgl6POAJxOOEvA14Ev8gn9K&#10;vpszxMC5chJkajJXbdD/bTKeb8Bvg6D+1WQln5aM/sDPW8srqYDAJTvVDtd5lpf9pNGBZFLydzRL&#10;pEaQ7XFmTbY36M+BPknzrVI/RHNU2AjZHifXOJiMZNBfB34nwEt9E41EphAWIPAZNtcCP01kren7&#10;gjKpZgLNcyyPMlJ9v1Zf4jiGXoO+b9KS9Fp/kuiGFgKBvLaak2f7p8H1YwTMU0VdMyoglMuEcMWd&#10;YDqbDPGj1+MS3Hlks9YvJ+N2fM+kIE7Gz2m/Tn59PE4/578vwfWnO8/pcbL8PQHJeoc53fcnWwp0&#10;+pn+5o7zaZwtABzB2jLBUYIOTk7oqWMJWNpM+9M26fS7tWA+A3xFAOUCYctCb+LAbyS+NSH88HV8&#10;DGurOpQ6PdX3dFRa+6bdNcuwvRqrL1wH19OLf0kctKnU3mSPWDUi8LmQ0gViPQQ+/5t20iHUq2cF&#10;O/8HowY+U2D8ryQKrvtq1pZRD72PcGQJRGD/ZLJScKdS5xevx2dDhqfz0/sC9giQ9mOUG1gqQ1JJ&#10;AnPHOWhPalN6nIxgSHOMZHthvsVOT45rbTuCmtLo25PdZifq0vB2xaoOgZOyfM0NtpKROWk7r0FH&#10;cQ0EH699NbSDEod2pZGsdA01lq7x7D4C/udS25cE0gUEw9wGqrMDn7YQFLRna4kRy4QWWfYKkjDe&#10;FQV+oAThNc6E/zd3H6FrEVD2xAbjxLMdCLW36DGczfMJ9h4y+pEgCoJoy05PjL49m1I8YVeMTqsQ&#10;ODHTUm5clT2XBEA7rxzqe6J2hLhCAED/xLYQV92BI/NGEmRXlg5RADhtlCy/h7nR4SoBQIwtrLuy&#10;NC534sQriQLofgLVGVEEVwoA4pygSXu+9Dq2IJYSLKuJtIJl85xPXsddtBRALCvudiub9jNKMHLk&#10;d3/JPGlFqLtht8DcdWBcB7+/YlFiL3FbR3dlbJwAXx0sW0ogRi+CJX/+nF1dCiyx5ToocZaCqLcS&#10;KM4DmLTvpuUIEBXKZPMOIIwt9ygQVhPnN2brdfB8Rrfa519NbGdvG/2+kHFx7pXUjACMUnHkqrWe&#10;RoI91zHXTz2NAIxU8fqalHEtR4DfvI4JOqX3WhORxDKArdjfnOwrk7FX6muTsT03ZhzO7WVOUHMd&#10;2PcmY79PDtfQc1kHtC+/PvYrdTnHjEuhqHapzjyStRGAjs//ji0FAtcRl+KYGF/N1uuAmN3pp0gv&#10;IwCldMz+Pfi9SKkzEMUVxA6MAoiTqpp28hpbzzmad64DMcegiokqJpArBECb4qSeJNQsqbYsgYAy&#10;4Wf/ffg/6KArSqHopLjNN5YvNZOqWD70MNF/5zpKJcTaZJgt2GeD6GK7Pp2s2Zbt1gIAhqfoXLJx&#10;7KgjIfhjcMY28UnJOXwa9BrR8c0y0Q7euQ6IQon9w3cc5JzZf0D/8X6SHN4/EpPQLo4QADDZyiFQ&#10;EMFZkDny4KSzazKjfA7BlsMoftaIR99RguXQf7G62M1RAqCxDFU5OO+MUoghk3cX5cQVKlmH0S4m&#10;DeYXZ4x6ZP5Y+rAS16z0SRwlACCDxLewHV0K4TRuBsXsH7OZ1BGTGH6N/m0NSTJOuEux1IQjBQBn&#10;lkKl4CdjHJI5BoF6O35OT8nPreA1Y93P3K156ZM4WgAEXhQBpVDrJbW5TqHz/EqffZBAog+PEkEs&#10;fYifpqs+V4Gz8rVc1qBblUI4LK5pY3ESFVm7TzBHfg7G/77a8vbUXsfW6499iLFG30oElD7x9bu9&#10;4bUVnBQvDofu5d3gh1YC6M2OEgAcJQLOj/3YUlyzHF0CJY4oheaGYSZMcfImbSh9Nk+LcoiElZ//&#10;mNInwjJarnIsr/lq2ZP5AWfHbDb6CLBlRG45EtDe+FqPKX0iOCgG7tZt0y2CvyTE2sDh/N6tBvwV&#10;fXC2CHhu7Eted8tr3I7SZKe2FDoq+B/v9AJcLwFb8kUte0UQ+4K+faciuB2lIFwTgcHfniNFsLbK&#10;R3/H8x5b+kRwfNxbjxHM0XE8l98b/MdwlAiwUllJIpvri6FgFSg6IRnOYJJGx5QCHzP423GkCDD8&#10;j831J78fsi9K84E1w4G1cwaDv54WIij5es2GDf4EQ2KpHCoZzqrdUWrwb6eFCBiZ4/lzZl9kkNXn&#10;hEDWx7G1zjL436eFCEhq8T5DMvqS1+pitefsL8mrgUkwzqEj2MrM3cB0rIHzcH4cKbiDyd3ox91d&#10;PAB8WApSfMjd4C2kfkj9mUwOACeb+duAv/aOBHIiBn97FMFNMPiPQxF0jsF/PIqgUwz+81AEnXFV&#10;8LPCxFLenK3dp7j6/D3MiYDfyYlcFfwwt76dbG1b9dXn7+VRIjjrHWEtoQMIAtf5rwH/ci+g9NGK&#10;txPB3QRg8PfBY0RwJwEY/H3xCBHcRQAGf5/cXgR3EIDB3zdrIqD/uqV3ARj894B+4OuY6JccROA9&#10;mTfBab3e5OL/L9kapXNyW6N0Tm5XQv+U+kw2UnpjhdnkHpREwEgulZQ+McDgvxclEcRSVgoQ5NzS&#10;zx3X/WRKvgD9Fd/hR7/KCnw2THQakym5H/Rb3pfY0Vs1bg1vh4zZf5gPS3oo1P55fzoKLBBrf4ZQ&#10;S597Q//lfYp1Mwr0dh/gk9cxwZfbudZ/b+i/+B1tsZ9lojT5bfUtMi1hSKedc7a20nH1+VdAm/J+&#10;pZ1d0NMIwIQpL3e4td7rx2fQziVbo3RObmuUzsmtN/iyvXwkp41dJLeeBBAdEveWyL2JyawLofYk&#10;gOgQa/9nEQXgCBD4+HVMfPY6yjNQACK9oQBkaBSASCfE7c+1X4JxBWm5cc7WKJ2T2xqlc3LrkS77&#10;1xHgPVihWrI1SufktkbpnNykEgUgQ6MAZGgUgAyNApChUQAyNApAhkYBbMf3AzwIBfAepZtPua1R&#10;Oie3NUrn5CaVKAAZGgUgQ6MAZGgUgAyNApChUQAineD7AT63NUrn5NYjvh/gQZT24Oe2Rumc3NYo&#10;nZObVKIAZGgUgAyNApChUQAyNApAhkYByNAoABkaBSBDowBkaBSADI0CkKFRADI0H72OPcBuwbhD&#10;0I1dzyLfqfrpZPHrU4cmbpfVnm1uhxa5GgUgQ9PTHAB6fTeTHINzPBERERERERERERERERERERER&#10;EREREREREREREREREREREREREREREREREREREREREREREREREXkKHz78B3FlbLlsVoHrAAAAAElF&#10;TkSuQmCCUEsDBAoAAAAAAAAAIQAA6dIGUQ0AAFENAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5zdmc8&#10;c3ZnIHZpZXdCb3g9IjAgMCA5NiA5NiIgeG1sbnM9Imh0dHA6Ly93d3cudzMub3JnLzIwMDAvc3Zn&#10;IiB4bWxuczp4bGluaz0iaHR0cDovL3d3dy53My5vcmcvMTk5OS94bGluayIgaWQ9Ikljb25zX1Rl&#10;bGVwaG9uZV9NIiBvdmVyZmxvdz0iaGlkZGVuIj48cGF0aCBkPSJNMTkuMzIyIDQ1LjE4OUMxOS4x&#10;ODIgNDUuMTg5IDE5LjA0IDQ1LjE4MyAxOC44OTcgNDUuMTcxIDE3LjM3NzYgNDUuMDQ2MSAxNS45&#10;OTkzIDQ0LjIzMTcgMTUuMTU3IDQyLjk2MUw5Ljg1NyAzNS4xNjdDOS4wODM0OCAzNC4wNDI2IDgu&#10;ODEzMTggMzIuNjQ2OSA5LjExMSAzMS4zMTUgOS40MTU0NCAyOS45NDc1IDEwLjI2ODQgMjguNzY1&#10;MiAxMS40NyAyOC4wNDUgMzQuMTE0NSAxNC42NTI5IDYyLjI1NDUgMTQuNjUyOSA4NC44OTkgMjgu&#10;MDQ1TDg0Ljg5OSAyOC4wNDVDODYuMTAwMyAyOC43NjU2IDg2Ljk1MzEgMjkuOTQ3NyA4Ny4yNTgg&#10;MzEuMzE1IDg3LjU1NiAzMi42NDc4IDg3LjI4NDkgMzQuMDQ0NCA4Ni41MSAzNS4xNjlMODEuMjEg&#10;NDIuOTY5Qzc5LjcxMzggNDUuMjQzMiA3Ni42NTczIDQ1Ljg3MzggNzQuMzgzMSA0NC4zNzc2IDc0&#10;LjA5MTMgNDQuMTg1NiA3My44MjA4IDQzLjk2MzIgNzMuNTc2IDQzLjcxNEw2OC42NzYgMzguODE0&#10;QzY3LjY5MzEgMzcuOTE2NSA2Ny4xNDgxIDM2LjYzNjYgNjcuMTgyIDM1LjMwNkw2Ny4xODIgMzAu&#10;OTI4QzU0LjgzMzYgMjYuOTEyNCA0MS41MzA0IDI2LjkxMjQgMjkuMTgyIDMwLjkyOEwyOS4xODIg&#10;MzUuMzA1QzI5LjE3NTIgMzYuNjI1MSAyOC42NDE4IDM3Ljg4NzkgMjcuNyAzOC44MTNMMjIuOCA0&#10;My43MTNDMjEuODkzOCA0NC42NjM1IDIwLjYzNTMgNDUuMTk3NiAxOS4zMjIgNDUuMTg5Wk00OC4x&#10;OSAyMEMzNS42MzIyIDE5Ljk4NzIgMjMuMzAzMSAyMy4zNTk1IDEyLjUgMjkuNzYyIDExLjc2OTIg&#10;MzAuMTk1NCAxMS4yNTEzIDMwLjkxMjkgMTEuMDcgMzEuNzQzIDEwLjg5MTcgMzIuNTM4MiAxMS4w&#10;NTMgMzMuMzcxNyAxMS41MTUgMzQuMDQzTDE2LjgxNSA0MS44NDhDMTcuMzIwNiA0Mi42MTQyIDE4&#10;LjE1MDEgNDMuMTA1NiAxOS4wNjUgNDMuMTgxIDE5LjkyMzMgNDMuMjY3MyAyMC43NzMgNDIuOTUw&#10;MyAyMS4zNjUgNDIuMzIzTDI2LjI4NSAzNy40MDFDMjYuODU0MiAzNi44NTIxIDI3LjE4MDggMzYu&#10;MDk4NyAyNy4xOTIgMzUuMzA4TDI3LjE5MiAyOS40ODIgMjcuODc2IDI5LjI1NEM0MS4wNTU4IDI0&#10;LjgwNiA1NS4zMzEyIDI0LjgwNiA2OC41MTEgMjkuMjU0TDY5LjE5NCAyOS40ODIgNjkuMTk0IDM1&#10;LjMwNUM2OS4xNjc2IDM2LjA4MDUgNjkuNDgxOCAzNi44Mjg4IDcwLjA1NCAzNy4zNTNMNzUgNDIu&#10;M0M3Ni4xMjcxIDQzLjQ2MTEgNzcuOTgyMSA0My40ODg3IDc5LjE0MzIgNDIuMzYxNiA3OS4zMDEx&#10;IDQyLjIwODMgNzkuNDQxMyA0Mi4wMzc3IDc5LjU2MSA0MS44NTNMODQuODYxIDM0LjA0MkM4NS4z&#10;MjM5IDMzLjM3MTEgODUuNDg1OSAzMi41Mzc1IDg1LjMwOCAzMS43NDIgODUuMTI2OSAzMC45MTA3&#10;IDg0LjYwNzcgMzAuMTkyNSA4My44NzUgMjkuNzYgNzMuMDczNCAyMy4zNTg2IDYwLjc0NiAxOS45&#10;ODcgNDguMTkgMjBaIi8+PHBhdGggZD0iTTc5LjE5MiA3Ny4wMjEgMTcuMTkyIDc3LjAyMSAxNy4x&#10;OTIgNTguNDIxQzE3LjE2NiA1Ni4wMjQyIDE4LjA5OTcgNTMuNzE2NSAxOS43ODUgNTIuMDEyTDMx&#10;LjE4OSA0MC42IDMxLjE4OSAzNkMzMS4xODkgMzMuNzkwOSAzMi45Nzk5IDMyIDM1LjE4OSAzMkwz&#10;NiAzMkMzOC4yMDkxIDMyIDQwIDMzLjc5MDkgNDAgMzZMNDAgMzkuMDExIDU2LjE4OCAzOS4wMTEg&#10;NTYuMTg4IDM2QzU2LjE4OCAzMy43OTA5IDU3Ljk3ODkgMzIgNjAuMTg4IDMyTDYxLjE4OCAzMkM2&#10;My4zOTcxIDMyIDY1LjE4OCAzMy43OTA5IDY1LjE4OCAzNkw2NS4xODggNDAuNiA3Ni42IDUxLjkw&#10;NUM3OC4yNzY5IDUzLjYxNjQgNzkuMjExMSA1NS45MiA3OS4yIDU4LjMxNlpNMTkuMTkyIDc1LjAy&#10;MSA3Ny4xOTIgNzUuMDIxIDc3LjE5MiA1OC4zMjFDNzcuMjA1OCA1Ni40NTcyIDc2LjQ4NDggNTQu&#10;NjYyOSA3NS4xODUgNTMuMzI3TDYzLjE5MSA0MS40MjggNjMuMTkxIDM2QzYzLjE5MSAzNC44OTU0&#10;IDYyLjI5NTYgMzQgNjEuMTkxIDM0TDYwLjE5MSAzNEM1OS4wODY0IDM0IDU4LjE5MSAzNC44OTU0&#10;IDU4LjE5MSAzNkw1OC4xOTEgNDEuMDExIDM4IDQxLjAxMSAzOCAzNkMzOCAzNC44OTU0IDM3LjEw&#10;NDYgMzQgMzYgMzRMMzUuMTg5IDM0QzM0LjA4NDQgMzQgMzMuMTg5IDM0Ljg5NTQgMzMuMTg5IDM2&#10;TDMzLjE4OSA0MS40MjUgMjEuMTk2IDUzLjQyNUMxOS44NzcxIDU0Ljc1MDggMTkuMTUyOCA1Ni41&#10;NTUyIDE5LjE4OSA1OC40MjVaIi8+PHBhdGggZD0iTTU2LjE5MSA1MC4wMTMgNTYuMTkxIDUwLjAx&#10;MyA1Ni4xOTEgNTAuMDEzIDU2LjE5MSA1MC4wMTMgNTYuMTkxIDUwLjAxM001OC4xOTEgNDguMDEz&#10;IDU0LjE5MSA0OC4wMTMgNTQuMTkxIDUyLjAxMyA1OC4xOTEgNTIuMDEzIDU4LjE5MSA0OC4wMTNa&#10;Ii8+PHBhdGggZD0iTTU2LjE5MSA1OC4wMTYgNTYuMTkxIDU4LjAxNk01OC4xOTEgNTYuMDE2IDU0&#10;LjE5MSA1Ni4wMTYgNTQuMTkxIDYwLjAxNiA1OC4xOTEgNjAuMDE2IDU4LjE5MSA1Ni4wMTZaIi8+&#10;PHBhdGggZD0iTTU2LjE5MSA2Ni4wMTggNTYuMTkxIDY2LjAxOE01OC4xOTEgNjQuMDE4IDU0LjE5&#10;MSA2NC4wMTggNTQuMTkxIDY4LjAxOCA1OC4xOTEgNjguMDE4IDU4LjE5MSA2NC4wMThaIi8+PHBh&#10;dGggZD0iTTQ4LjE5MSA1MC4wMTMgNDguMTkxIDUwLjAxMyA0OC4xOTEgNTAuMDEzIDQ4LjE5MSA1&#10;MC4wMTMgNDguMTkxIDUwLjAxM001MC4xOTEgNDguMDEzIDQ2LjE5MSA0OC4wMTMgNDYuMTkxIDUy&#10;LjAxMyA1MC4xOTEgNTIuMDEzIDUwLjE5MSA0OC4wMTNaIi8+PHBhdGggZD0iTTQ4LjE5MSA1OC4w&#10;MTYgNDguMTkxIDU4LjAxNk01MC4xOTEgNTYuMDE2IDQ2LjE5MSA1Ni4wMTYgNDYuMTkxIDYwLjAx&#10;NiA1MC4xOTEgNjAuMDE2IDUwLjE5MSA1Ni4wMTZaIi8+PHBhdGggZD0iTTQ4LjE5MSA2Ni4wMTgg&#10;NDguMTkxIDY2LjAxOE01MC4xOTEgNjQuMDE4IDQ2LjE5MSA2NC4wMTggNDYuMTkxIDY4LjAxOCA1&#10;MC4xOTEgNjguMDE4IDUwLjE5MSA2NC4wMThaIi8+PHBhdGggZD0iTTQwLjE5IDUwLjAxMyA0MC4x&#10;OSA1MC4wMTMgNDAuMTkgNTAuMDEzIDQwLjE5IDUwLjAxMyA0MC4xOSA1MC4wMTNNNDIuMTkgNDgu&#10;MDEzIDM4LjE5IDQ4LjAxMyAzOC4xOSA1Mi4wMTMgNDIuMTkgNTIuMDEzIDQyLjE5IDQ4LjAxM1oi&#10;Lz48cGF0aCBkPSJNNDAuMTkgNTguMDE2IDQwLjE5IDU4LjAxNk00Mi4xOSA1Ni4wMTYgMzguMTkg&#10;NTYuMDE2IDM4LjE5IDYwLjAxNiA0Mi4xOSA2MC4wMTYgNDIuMTkgNTYuMDE2WiIvPjxwYXRoIGQ9&#10;Ik00MC4xOSA2Ni4wMTggNDAuMTkgNjYuMDE4TTQyLjE5IDY0LjAxOCAzOC4xOSA2NC4wMTggMzgu&#10;MTkgNjguMDE4IDQyLjE5IDY4LjAxOCA0Mi4xOSA2NC4wMThaIi8+PC9zdmc+UEsDBBQABgAIAAAA&#10;IQARsBSD1wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGaE3uzFFadNsSisI&#10;vYgY9T7NjsnS7GzIbtv47x296GUewxve+6bcTL5XZxqjC2zgbp6BIm6CddwaeH97ul2CignZYh+Y&#10;DHxRhE11fVViYcOFX+lcp1ZJCMcCDXQpDYXWsenIY5yHgVi8zzB6TLKOrbYjXiTc9zrPsgft0bE0&#10;dDjQY0fNsT55A/xs8+H4kva5q/3SLXbo4gcaM7uZtmtQiab0dww/+IIOlTAdwoltVL0BeST9TvHy&#10;+xWog2i2AF2V+j979Q0AAP//AwBQSwMEFAAGAAgAAAAhACJWDu7HAAAApQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzvJCxagMxDIb3Qt7BaO/57oZSSnxZSiFrSB9A2DqfyVk2lhuat49p&#10;lgYC3TpK4v/+D21333FVZyoSEhsYuh4UsU0usDfwefx4fgUlFdnhmpgMXEhgN22etgdasbaQLCGL&#10;ahQWA0ut+U1rsQtFlC5l4naZU4lY21i8zmhP6EmPff+iy28GTHdMtXcGyt6NoI6X3Jr/Zqd5Dpbe&#10;k/2KxPVBhQ6xdTcgFk/VQCQX8LYcOzl70I8dhv9xGLrMPw767rnTFQAA//8DAFBLAQItABQABgAI&#10;AAAAIQCo1seoEwEAAEkCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARAEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAAviixEMAgAAPgQAAA4AAAAAAAAAAAAAAAAAQwIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0ACgAAAAAAAAAhABiu25NhCwAAYQsAABQAAAAAAAAAAAAAAAAAewQAAGRycy9tZWRpYS9p&#10;bWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAADp0gZRDQAAUQ0AABQAAAAAAAAAAAAAAAAADhAAAGRy&#10;cy9tZWRpYS9pbWFnZTIuc3ZnUEsBAi0AFAAGAAgAAAAhABGwFIPXAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAkR0AAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAAAAA&#10;AAAAAAAAAJUeAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvgEAAJMfAAAA&#10;AA==&#10;" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Telephone outline" style="width:12.95pt;height:10.1pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQAL4osRDAIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWykU8tu&#10;2zAQvBfoPxC8J7KkWE0Ey7kYCQr0YbQpeqaolUWUL5CUZf99l5QcuKcW6UHEkivOzuwON48nJckR&#10;nBdGNzS/XVECmptO6ENDf7w83dxT4gPTHZNGQ0PP4Onj9v27zWRrKMxgZAeOIIj29WQbOoRg6yzz&#10;fADF/K2xoDHZG6dYwK07ZJ1jE6IrmRWrVZVNxnXWGQ7e4+luTtJtwu974OFr33sIRDYUuYW0OmRa&#10;PnygpG1oeZ/TbLth9cExOwi+cGFvoKKY0Fj5FWrHAiOjE2+AsoKH0QGiYVTjt9DC6D/QFhD1TxiK&#10;uV+jveFGWRZEK6QI59TyhZQ+7gXfu5kh/3LcOyI6bGxeVGVelhV2WzOFI39eGnud6cBznMILSLAD&#10;GoOYMUihIY4iKo54ER23Wdz/UayVwj4JKYkz4acIw/eBWayTp97H5KITC/zdTqbvBYed4aMCHWZP&#10;OZAo2Wg/COspcTWoFlCb+9gtZvGOf0NvRVet10WVjJXf5QW6HatWqwcM0Fx5ta7uZnv54CDwIdqj&#10;R+7xdhTH6tdEEnrRNrfBW+xqO302HepjYzBJ4ql3KuIgdXJKhj7HNbkYToFwPMyrsijR4RxTSGuV&#10;VzGP5S6XrfPhGYwiMUBpyCeBs+MnvzC7/BJrSR1XbWLfZ6B4kihHkkuIo0pFlrcUH8D1HuPrZ7/9&#10;DQAA//8DAFBLAwQKAAAAAAAAACEAGK7bk2ELAABhCwAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAMAAAADACAYAAABS3GwHAAAAAXNSR0IArs4c6QAAAARnQU1BAACx&#10;jwv8YQUAAAAJcEhZcwAAHYcAAB2HAY/l8WUAAAr2SURBVHhe7Z2BkfQ4EUb/IwKI4CACIIKDCIAI&#10;gAjgIgAiACIAIgAiACIAIoCLAIgA/IoRJ/pkWx7Ltmy9V9Xl2d3xrNzqr9WSNTMfRERERERERERE&#10;RERERERERERERERERERERERERERERERERERERERERERERERERERERERERESkKR+9jvI+X87sqy+D&#10;jydLj/nb0hH+mR3zx/nxs8n+/jLIH8sbKIA6UnB/Y7Kvv47pd3kQX0USAkL5a/bzHyeTBRTA/0Mw&#10;E9wYGZxjntXvCEL4y2QKo8DoAiDgvzUZgf6dyXrJ6Gfwu8kQBWIYVhCjCSBldII9Zfq9pJodSxn2&#10;X9nPHBPpcXp+ThJefszFyGPans8tOKbHe0EEjBR/ej2O7XskTxcAQZOye8r070AwpOBOWTP9rodA&#10;SUJI18s8hZ/3CDwJ4vevx4/kiQIgCAh2gv67r59r6T3Q3yEJIQmD49ZRg2v/9WSPFsOdoUN/PNmf&#10;J/vHZP+uNJ77h8l+Ohmi2SKWO8N1khx+Phk+K/lmyX472Q8mkwtJnbgl6POAJxOOEvA14Ev8gn9K&#10;vpszxMC5chJkajJXbdD/bTKeb8Bvg6D+1WQln5aM/sDPW8srqYDAJTvVDtd5lpf9pNGBZFLydzRL&#10;pEaQ7XFmTbY36M+BPknzrVI/RHNU2AjZHifXOJiMZNBfB34nwEt9E41EphAWIPAZNtcCP01kren7&#10;gjKpZgLNcyyPMlJ9v1Zf4jiGXoO+b9KS9Fp/kuiGFgKBvLaak2f7p8H1YwTMU0VdMyoglMuEcMWd&#10;YDqbDPGj1+MS3Hlks9YvJ+N2fM+kIE7Gz2m/Tn59PE4/578vwfWnO8/pcbL8PQHJeoc53fcnWwp0&#10;+pn+5o7zaZwtABzB2jLBUYIOTk7oqWMJWNpM+9M26fS7tWA+A3xFAOUCYctCb+LAbyS+NSH88HV8&#10;DGurOpQ6PdX3dFRa+6bdNcuwvRqrL1wH19OLf0kctKnU3mSPWDUi8LmQ0gViPQQ+/5t20iHUq2cF&#10;O/8HowY+U2D8ryQKrvtq1pZRD72PcGQJRGD/ZLJScKdS5xevx2dDhqfz0/sC9giQ9mOUG1gqQ1JJ&#10;AnPHOWhPalN6nIxgSHOMZHthvsVOT45rbTuCmtLo25PdZifq0vB2xaoOgZOyfM0NtpKROWk7r0FH&#10;cQ0EH699NbSDEod2pZGsdA01lq7x7D4C/udS25cE0gUEw9wGqrMDn7YQFLRna4kRy4QWWfYKkjDe&#10;FQV+oAThNc6E/zd3H6FrEVD2xAbjxLMdCLW36DGczfMJ9h4y+pEgCoJoy05PjL49m1I8YVeMTqsQ&#10;ODHTUm5clT2XBEA7rxzqe6J2hLhCAED/xLYQV92BI/NGEmRXlg5RADhtlCy/h7nR4SoBQIwtrLuy&#10;NC534sQriQLofgLVGVEEVwoA4pygSXu+9Dq2IJYSLKuJtIJl85xPXsddtBRALCvudiub9jNKMHLk&#10;d3/JPGlFqLtht8DcdWBcB7+/YlFiL3FbR3dlbJwAXx0sW0ogRi+CJX/+nF1dCiyx5ToocZaCqLcS&#10;KM4DmLTvpuUIEBXKZPMOIIwt9ygQVhPnN2brdfB8Rrfa519NbGdvG/2+kHFx7pXUjACMUnHkqrWe&#10;RoI91zHXTz2NAIxU8fqalHEtR4DfvI4JOqX3WhORxDKArdjfnOwrk7FX6muTsT03ZhzO7WVOUHMd&#10;2PcmY79PDtfQc1kHtC+/PvYrdTnHjEuhqHapzjyStRGAjs//ji0FAtcRl+KYGF/N1uuAmN3pp0gv&#10;IwCldMz+Pfi9SKkzEMUVxA6MAoiTqpp28hpbzzmad64DMcegiokqJpArBECb4qSeJNQsqbYsgYAy&#10;4Wf/ffg/6KArSqHopLjNN5YvNZOqWD70MNF/5zpKJcTaZJgt2GeD6GK7Pp2s2Zbt1gIAhqfoXLJx&#10;7KgjIfhjcMY28UnJOXwa9BrR8c0y0Q7euQ6IQon9w3cc5JzZf0D/8X6SHN4/EpPQLo4QADDZyiFQ&#10;EMFZkDny4KSzazKjfA7BlsMoftaIR99RguXQf7G62M1RAqCxDFU5OO+MUoghk3cX5cQVKlmH0S4m&#10;DeYXZ4x6ZP5Y+rAS16z0SRwlACCDxLewHV0K4TRuBsXsH7OZ1BGTGH6N/m0NSTJOuEux1IQjBQBn&#10;lkKl4CdjHJI5BoF6O35OT8nPreA1Y93P3K156ZM4WgAEXhQBpVDrJbW5TqHz/EqffZBAog+PEkEs&#10;fYifpqs+V4Gz8rVc1qBblUI4LK5pY3ESFVm7TzBHfg7G/77a8vbUXsfW6499iLFG30oElD7x9bu9&#10;4bUVnBQvDofu5d3gh1YC6M2OEgAcJQLOj/3YUlyzHF0CJY4oheaGYSZMcfImbSh9Nk+LcoiElZ//&#10;mNInwjJarnIsr/lq2ZP5AWfHbDb6CLBlRG45EtDe+FqPKX0iOCgG7tZt0y2CvyTE2sDh/N6tBvwV&#10;fXC2CHhu7Eted8tr3I7SZKe2FDoq+B/v9AJcLwFb8kUte0UQ+4K+faciuB2lIFwTgcHfniNFsLbK&#10;R3/H8x5b+kRwfNxbjxHM0XE8l98b/MdwlAiwUllJIpvri6FgFSg6IRnOYJJGx5QCHzP423GkCDD8&#10;j831J78fsi9K84E1w4G1cwaDv54WIij5es2GDf4EQ2KpHCoZzqrdUWrwb6eFCBiZ4/lzZl9kkNXn&#10;hEDWx7G1zjL436eFCEhq8T5DMvqS1+pitefsL8mrgUkwzqEj2MrM3cB0rIHzcH4cKbiDyd3ox91d&#10;PAB8WApSfMjd4C2kfkj9mUwOACeb+duAv/aOBHIiBn97FMFNMPiPQxF0jsF/PIqgUwz+81AEnXFV&#10;8LPCxFLenK3dp7j6/D3MiYDfyYlcFfwwt76dbG1b9dXn7+VRIjjrHWEtoQMIAtf5rwH/ci+g9NGK&#10;txPB3QRg8PfBY0RwJwEY/H3xCBHcRQAGf5/cXgR3EIDB3zdrIqD/uqV3ARj894B+4OuY6JccROA9&#10;mTfBab3e5OL/L9kapXNyW6N0Tm5XQv+U+kw2UnpjhdnkHpREwEgulZQ+McDgvxclEcRSVgoQ5NzS&#10;zx3X/WRKvgD9Fd/hR7/KCnw2THQakym5H/Rb3pfY0Vs1bg1vh4zZf5gPS3oo1P55fzoKLBBrf4ZQ&#10;S597Q//lfYp1Mwr0dh/gk9cxwZfbudZ/b+i/+B1tsZ9lojT5bfUtMi1hSKedc7a20nH1+VdAm/J+&#10;pZ1d0NMIwIQpL3e4td7rx2fQziVbo3RObmuUzsmtN/iyvXwkp41dJLeeBBAdEveWyL2JyawLofYk&#10;gOgQa/9nEQXgCBD4+HVMfPY6yjNQACK9oQBkaBSASCfE7c+1X4JxBWm5cc7WKJ2T2xqlc3LrkS77&#10;1xHgPVihWrI1SufktkbpnNykEgUgQ6MAZGgUgAyNApChUQAyNApAhkYBbMf3AzwIBfAepZtPua1R&#10;Oie3NUrn5CaVKAAZGgUgQ6MAZGgUgAyNApChUQAineD7AT63NUrn5NYjvh/gQZT24Oe2Rumc3NYo&#10;nZObVKIAZGgUgAyNApChUQAyNApAhkYByNAoABkaBSBDowBkaBSADI0CkKFRADI0H72OPcBuwbhD&#10;0I1dzyLfqfrpZPHrU4cmbpfVnm1uhxa5GgUgQ9PTHAB6fTeTHINzPBERERERERERERERERERERER&#10;EREREREREREREREREREREREREREREREREREREREREREREREREXkKHz78B3FlbLlsVoHrAAAAAElF&#10;TkSuQmCCUEsDBAoAAAAAAAAAIQAA6dIGUQ0AAFENAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5zdmc8&#10;c3ZnIHZpZXdCb3g9IjAgMCA5NiA5NiIgeG1sbnM9Imh0dHA6Ly93d3cudzMub3JnLzIwMDAvc3Zn&#10;IiB4bWxuczp4bGluaz0iaHR0cDovL3d3dy53My5vcmcvMTk5OS94bGluayIgaWQ9Ikljb25zX1Rl&#10;bGVwaG9uZV9NIiBvdmVyZmxvdz0iaGlkZGVuIj48cGF0aCBkPSJNMTkuMzIyIDQ1LjE4OUMxOS4x&#10;ODIgNDUuMTg5IDE5LjA0IDQ1LjE4MyAxOC44OTcgNDUuMTcxIDE3LjM3NzYgNDUuMDQ2MSAxNS45&#10;OTkzIDQ0LjIzMTcgMTUuMTU3IDQyLjk2MUw5Ljg1NyAzNS4xNjdDOS4wODM0OCAzNC4wNDI2IDgu&#10;ODEzMTggMzIuNjQ2OSA5LjExMSAzMS4zMTUgOS40MTU0NCAyOS45NDc1IDEwLjI2ODQgMjguNzY1&#10;MiAxMS40NyAyOC4wNDUgMzQuMTE0NSAxNC42NTI5IDYyLjI1NDUgMTQuNjUyOSA4NC44OTkgMjgu&#10;MDQ1TDg0Ljg5OSAyOC4wNDVDODYuMTAwMyAyOC43NjU2IDg2Ljk1MzEgMjkuOTQ3NyA4Ny4yNTgg&#10;MzEuMzE1IDg3LjU1NiAzMi42NDc4IDg3LjI4NDkgMzQuMDQ0NCA4Ni41MSAzNS4xNjlMODEuMjEg&#10;NDIuOTY5Qzc5LjcxMzggNDUuMjQzMiA3Ni42NTczIDQ1Ljg3MzggNzQuMzgzMSA0NC4zNzc2IDc0&#10;LjA5MTMgNDQuMTg1NiA3My44MjA4IDQzLjk2MzIgNzMuNTc2IDQzLjcxNEw2OC42NzYgMzguODE0&#10;QzY3LjY5MzEgMzcuOTE2NSA2Ny4xNDgxIDM2LjYzNjYgNjcuMTgyIDM1LjMwNkw2Ny4xODIgMzAu&#10;OTI4QzU0LjgzMzYgMjYuOTEyNCA0MS41MzA0IDI2LjkxMjQgMjkuMTgyIDMwLjkyOEwyOS4xODIg&#10;MzUuMzA1QzI5LjE3NTIgMzYuNjI1MSAyOC42NDE4IDM3Ljg4NzkgMjcuNyAzOC44MTNMMjIuOCA0&#10;My43MTNDMjEuODkzOCA0NC42NjM1IDIwLjYzNTMgNDUuMTk3NiAxOS4zMjIgNDUuMTg5Wk00OC4x&#10;OSAyMEMzNS42MzIyIDE5Ljk4NzIgMjMuMzAzMSAyMy4zNTk1IDEyLjUgMjkuNzYyIDExLjc2OTIg&#10;MzAuMTk1NCAxMS4yNTEzIDMwLjkxMjkgMTEuMDcgMzEuNzQzIDEwLjg5MTcgMzIuNTM4MiAxMS4w&#10;NTMgMzMuMzcxNyAxMS41MTUgMzQuMDQzTDE2LjgxNSA0MS44NDhDMTcuMzIwNiA0Mi42MTQyIDE4&#10;LjE1MDEgNDMuMTA1NiAxOS4wNjUgNDMuMTgxIDE5LjkyMzMgNDMuMjY3MyAyMC43NzMgNDIuOTUw&#10;MyAyMS4zNjUgNDIuMzIzTDI2LjI4NSAzNy40MDFDMjYuODU0MiAzNi44NTIxIDI3LjE4MDggMzYu&#10;MDk4NyAyNy4xOTIgMzUuMzA4TDI3LjE5MiAyOS40ODIgMjcuODc2IDI5LjI1NEM0MS4wNTU4IDI0&#10;LjgwNiA1NS4zMzEyIDI0LjgwNiA2OC41MTEgMjkuMjU0TDY5LjE5NCAyOS40ODIgNjkuMTk0IDM1&#10;LjMwNUM2OS4xNjc2IDM2LjA4MDUgNjkuNDgxOCAzNi44Mjg4IDcwLjA1NCAzNy4zNTNMNzUgNDIu&#10;M0M3Ni4xMjcxIDQzLjQ2MTEgNzcuOTgyMSA0My40ODg3IDc5LjE0MzIgNDIuMzYxNiA3OS4zMDEx&#10;IDQyLjIwODMgNzkuNDQxMyA0Mi4wMzc3IDc5LjU2MSA0MS44NTNMODQuODYxIDM0LjA0MkM4NS4z&#10;MjM5IDMzLjM3MTEgODUuNDg1OSAzMi41Mzc1IDg1LjMwOCAzMS43NDIgODUuMTI2OSAzMC45MTA3&#10;IDg0LjYwNzcgMzAuMTkyNSA4My44NzUgMjkuNzYgNzMuMDczNCAyMy4zNTg2IDYwLjc0NiAxOS45&#10;ODcgNDguMTkgMjBaIi8+PHBhdGggZD0iTTc5LjE5MiA3Ny4wMjEgMTcuMTkyIDc3LjAyMSAxNy4x&#10;OTIgNTguNDIxQzE3LjE2NiA1Ni4wMjQyIDE4LjA5OTcgNTMuNzE2NSAxOS43ODUgNTIuMDEyTDMx&#10;LjE4OSA0MC42IDMxLjE4OSAzNkMzMS4xODkgMzMuNzkwOSAzMi45Nzk5IDMyIDM1LjE4OSAzMkwz&#10;NiAzMkMzOC4yMDkxIDMyIDQwIDMzLjc5MDkgNDAgMzZMNDAgMzkuMDExIDU2LjE4OCAzOS4wMTEg&#10;NTYuMTg4IDM2QzU2LjE4OCAzMy43OTA5IDU3Ljk3ODkgMzIgNjAuMTg4IDMyTDYxLjE4OCAzMkM2&#10;My4zOTcxIDMyIDY1LjE4OCAzMy43OTA5IDY1LjE4OCAzNkw2NS4xODggNDAuNiA3Ni42IDUxLjkw&#10;NUM3OC4yNzY5IDUzLjYxNjQgNzkuMjExMSA1NS45MiA3OS4yIDU4LjMxNlpNMTkuMTkyIDc1LjAy&#10;MSA3Ny4xOTIgNzUuMDIxIDc3LjE5MiA1OC4zMjFDNzcuMjA1OCA1Ni40NTcyIDc2LjQ4NDggNTQu&#10;NjYyOSA3NS4xODUgNTMuMzI3TDYzLjE5MSA0MS40MjggNjMuMTkxIDM2QzYzLjE5MSAzNC44OTU0&#10;IDYyLjI5NTYgMzQgNjEuMTkxIDM0TDYwLjE5MSAzNEM1OS4wODY0IDM0IDU4LjE5MSAzNC44OTU0&#10;IDU4LjE5MSAzNkw1OC4xOTEgNDEuMDExIDM4IDQxLjAxMSAzOCAzNkMzOCAzNC44OTU0IDM3LjEw&#10;NDYgMzQgMzYgMzRMMzUuMTg5IDM0QzM0LjA4NDQgMzQgMzMuMTg5IDM0Ljg5NTQgMzMuMTg5IDM2&#10;TDMzLjE4OSA0MS40MjUgMjEuMTk2IDUzLjQyNUMxOS44NzcxIDU0Ljc1MDggMTkuMTUyOCA1Ni41&#10;NTUyIDE5LjE4OSA1OC40MjVaIi8+PHBhdGggZD0iTTU2LjE5MSA1MC4wMTMgNTYuMTkxIDUwLjAx&#10;MyA1Ni4xOTEgNTAuMDEzIDU2LjE5MSA1MC4wMTMgNTYuMTkxIDUwLjAxM001OC4xOTEgNDguMDEz&#10;IDU0LjE5MSA0OC4wMTMgNTQuMTkxIDUyLjAxMyA1OC4xOTEgNTIuMDEzIDU4LjE5MSA0OC4wMTNa&#10;Ii8+PHBhdGggZD0iTTU2LjE5MSA1OC4wMTYgNTYuMTkxIDU4LjAxNk01OC4xOTEgNTYuMDE2IDU0&#10;LjE5MSA1Ni4wMTYgNTQuMTkxIDYwLjAxNiA1OC4xOTEgNjAuMDE2IDU4LjE5MSA1Ni4wMTZaIi8+&#10;PHBhdGggZD0iTTU2LjE5MSA2Ni4wMTggNTYuMTkxIDY2LjAxOE01OC4xOTEgNjQuMDE4IDU0LjE5&#10;MSA2NC4wMTggNTQuMTkxIDY4LjAxOCA1OC4xOTEgNjguMDE4IDU4LjE5MSA2NC4wMThaIi8+PHBh&#10;dGggZD0iTTQ4LjE5MSA1MC4wMTMgNDguMTkxIDUwLjAxMyA0OC4xOTEgNTAuMDEzIDQ4LjE5MSA1&#10;MC4wMTMgNDguMTkxIDUwLjAxM001MC4xOTEgNDguMDEzIDQ2LjE5MSA0OC4wMTMgNDYuMTkxIDUy&#10;LjAxMyA1MC4xOTEgNTIuMDEzIDUwLjE5MSA0OC4wMTNaIi8+PHBhdGggZD0iTTQ4LjE5MSA1OC4w&#10;MTYgNDguMTkxIDU4LjAxNk01MC4xOTEgNTYuMDE2IDQ2LjE5MSA1Ni4wMTYgNDYuMTkxIDYwLjAx&#10;NiA1MC4xOTEgNjAuMDE2IDUwLjE5MSA1Ni4wMTZaIi8+PHBhdGggZD0iTTQ4LjE5MSA2Ni4wMTgg&#10;NDguMTkxIDY2LjAxOE01MC4xOTEgNjQuMDE4IDQ2LjE5MSA2NC4wMTggNDYuMTkxIDY4LjAxOCA1&#10;MC4xOTEgNjguMDE4IDUwLjE5MSA2NC4wMThaIi8+PHBhdGggZD0iTTQwLjE5IDUwLjAxMyA0MC4x&#10;OSA1MC4wMTMgNDAuMTkgNTAuMDEzIDQwLjE5IDUwLjAxMyA0MC4xOSA1MC4wMTNNNDIuMTkgNDgu&#10;MDEzIDM4LjE5IDQ4LjAxMyAzOC4xOSA1Mi4wMTMgNDIuMTkgNTIuMDEzIDQyLjE5IDQ4LjAxM1oi&#10;Lz48cGF0aCBkPSJNNDAuMTkgNTguMDE2IDQwLjE5IDU4LjAxNk00Mi4xOSA1Ni4wMTYgMzguMTkg&#10;NTYuMDE2IDM4LjE5IDYwLjAxNiA0Mi4xOSA2MC4wMTYgNDIuMTkgNTYuMDE2WiIvPjxwYXRoIGQ9&#10;Ik00MC4xOSA2Ni4wMTggNDAuMTkgNjYuMDE4TTQyLjE5IDY0LjAxOCAzOC4xOSA2NC4wMTggMzgu&#10;MTkgNjguMDE4IDQyLjE5IDY4LjAxOCA0Mi4xOSA2NC4wMThaIi8+PC9zdmc+UEsDBBQABgAIAAAA&#10;IQARsBSD1wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGaE3uzFFadNsSisI&#10;vYgY9T7NjsnS7GzIbtv47x296GUewxve+6bcTL5XZxqjC2zgbp6BIm6CddwaeH97ul2CignZYh+Y&#10;DHxRhE11fVViYcOFX+lcp1ZJCMcCDXQpDYXWsenIY5yHgVi8zzB6TLKOrbYjXiTc9zrPsgft0bE0&#10;dDjQY0fNsT55A/xs8+H4kva5q/3SLXbo4gcaM7uZtmtQiab0dww/+IIOlTAdwoltVL0BeST9TvHy&#10;+xWog2i2AF2V+j979Q0AAP//AwBQSwMEFAAGAAgAAAAhACJWDu7HAAAApQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzvJCxagMxDIb3Qt7BaO/57oZSSnxZSiFrSB9A2DqfyVk2lhuat49p&#10;lgYC3TpK4v/+D21333FVZyoSEhsYuh4UsU0usDfwefx4fgUlFdnhmpgMXEhgN22etgdasbaQLCGL&#10;ahQWA0ut+U1rsQtFlC5l4naZU4lY21i8zmhP6EmPff+iy28GTHdMtXcGyt6NoI6X3Jr/Zqd5Dpbe&#10;k/2KxPVBhQ6xdTcgFk/VQCQX8LYcOzl70I8dhv9xGLrMPw767rnTFQAA//8DAFBLAQItABQABgAI&#10;AAAAIQCo1seoEwEAAEkCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARAEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAAviixEMAgAAPgQAAA4AAAAAAAAAAAAAAAAAQwIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0ACgAAAAAAAAAhABiu25NhCwAAYQsAABQAAAAAAAAAAAAAAAAAewQAAGRycy9tZWRpYS9p&#10;bWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAADp0gZRDQAAUQ0AABQAAAAAAAAAAAAAAAAADhAAAGRy&#10;cy9tZWRpYS9pbWFnZTIuc3ZnUEsBAi0AFAAGAAgAAAAhABGwFIPXAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAkR0AAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAAAAA&#10;AAAAAAAAAJUeAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvgEAAJMfAAAA&#10;AA==&#10;" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04DB76A3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E9A3B0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -5404,277 +5167,301 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1428817236">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1553493303">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F62E11"/>
     <w:rsid w:val="000019D1"/>
+    <w:rsid w:val="000069A4"/>
     <w:rsid w:val="00006C0E"/>
     <w:rsid w:val="00014EE1"/>
     <w:rsid w:val="0002085C"/>
     <w:rsid w:val="000305FD"/>
     <w:rsid w:val="000332F5"/>
     <w:rsid w:val="0003331B"/>
     <w:rsid w:val="00035739"/>
     <w:rsid w:val="00037ECD"/>
     <w:rsid w:val="000521BF"/>
     <w:rsid w:val="000556ED"/>
     <w:rsid w:val="00061C02"/>
     <w:rsid w:val="00063080"/>
     <w:rsid w:val="000647CF"/>
     <w:rsid w:val="00064DF2"/>
     <w:rsid w:val="0007479C"/>
     <w:rsid w:val="00092D33"/>
     <w:rsid w:val="000D5AC2"/>
     <w:rsid w:val="000E16D0"/>
     <w:rsid w:val="000F2806"/>
     <w:rsid w:val="000F30BD"/>
     <w:rsid w:val="000F55B5"/>
+    <w:rsid w:val="000F5FC2"/>
     <w:rsid w:val="000F6E04"/>
     <w:rsid w:val="000F7BB0"/>
     <w:rsid w:val="00106CD0"/>
     <w:rsid w:val="00111907"/>
     <w:rsid w:val="00115197"/>
     <w:rsid w:val="00144EA9"/>
     <w:rsid w:val="00145AF3"/>
     <w:rsid w:val="00156701"/>
     <w:rsid w:val="00170B02"/>
     <w:rsid w:val="00191581"/>
+    <w:rsid w:val="00194BA4"/>
     <w:rsid w:val="001A12AB"/>
     <w:rsid w:val="001C751A"/>
     <w:rsid w:val="001C7A57"/>
     <w:rsid w:val="001E24EC"/>
     <w:rsid w:val="001E5CE7"/>
     <w:rsid w:val="001F01C6"/>
     <w:rsid w:val="001F36F3"/>
     <w:rsid w:val="00201BCF"/>
     <w:rsid w:val="00203208"/>
     <w:rsid w:val="00203E16"/>
+    <w:rsid w:val="00204C5E"/>
     <w:rsid w:val="00206333"/>
     <w:rsid w:val="002076C1"/>
     <w:rsid w:val="00223565"/>
     <w:rsid w:val="002275D7"/>
     <w:rsid w:val="00233A26"/>
     <w:rsid w:val="002407FA"/>
     <w:rsid w:val="00241A21"/>
     <w:rsid w:val="002450F6"/>
+    <w:rsid w:val="002461C0"/>
+    <w:rsid w:val="0025603B"/>
     <w:rsid w:val="00263C1E"/>
     <w:rsid w:val="002651F3"/>
     <w:rsid w:val="00266442"/>
     <w:rsid w:val="00273440"/>
     <w:rsid w:val="00287B82"/>
     <w:rsid w:val="00290FDE"/>
+    <w:rsid w:val="002961B8"/>
     <w:rsid w:val="002A5CFE"/>
     <w:rsid w:val="002A79D2"/>
     <w:rsid w:val="002B14F3"/>
     <w:rsid w:val="002B1922"/>
     <w:rsid w:val="002B37F1"/>
     <w:rsid w:val="002C1F0F"/>
     <w:rsid w:val="002C2C37"/>
     <w:rsid w:val="002C7D14"/>
     <w:rsid w:val="002E3A42"/>
     <w:rsid w:val="002E6114"/>
     <w:rsid w:val="002E6FE4"/>
     <w:rsid w:val="00314464"/>
     <w:rsid w:val="00323B76"/>
     <w:rsid w:val="003255AE"/>
     <w:rsid w:val="00325708"/>
     <w:rsid w:val="0033195C"/>
     <w:rsid w:val="003455BD"/>
+    <w:rsid w:val="0035035A"/>
     <w:rsid w:val="00361E53"/>
     <w:rsid w:val="0036460D"/>
     <w:rsid w:val="00377AF7"/>
     <w:rsid w:val="00384AEF"/>
+    <w:rsid w:val="003924E9"/>
     <w:rsid w:val="00397E2B"/>
     <w:rsid w:val="003C21E9"/>
     <w:rsid w:val="003D0A79"/>
+    <w:rsid w:val="003D42B1"/>
     <w:rsid w:val="003D6515"/>
     <w:rsid w:val="003E69E2"/>
     <w:rsid w:val="00402860"/>
     <w:rsid w:val="00423178"/>
     <w:rsid w:val="0047106D"/>
     <w:rsid w:val="004924D3"/>
     <w:rsid w:val="00496B7C"/>
     <w:rsid w:val="004A3783"/>
     <w:rsid w:val="004A5D29"/>
+    <w:rsid w:val="004B00D6"/>
     <w:rsid w:val="004B43EA"/>
     <w:rsid w:val="004E1CF1"/>
     <w:rsid w:val="004E37AA"/>
+    <w:rsid w:val="005026E6"/>
     <w:rsid w:val="00523501"/>
+    <w:rsid w:val="0053520F"/>
     <w:rsid w:val="00537F05"/>
     <w:rsid w:val="00547782"/>
     <w:rsid w:val="00551305"/>
     <w:rsid w:val="00553837"/>
     <w:rsid w:val="00553E3A"/>
     <w:rsid w:val="005577B0"/>
     <w:rsid w:val="00566C5C"/>
     <w:rsid w:val="005710B8"/>
     <w:rsid w:val="00571988"/>
     <w:rsid w:val="00581051"/>
     <w:rsid w:val="005811C2"/>
     <w:rsid w:val="00583D58"/>
     <w:rsid w:val="005942AD"/>
     <w:rsid w:val="005A7690"/>
     <w:rsid w:val="005B511E"/>
     <w:rsid w:val="005B5E3E"/>
     <w:rsid w:val="005B5F2B"/>
+    <w:rsid w:val="005F3F04"/>
     <w:rsid w:val="005F4475"/>
     <w:rsid w:val="00600CFA"/>
     <w:rsid w:val="006061B3"/>
     <w:rsid w:val="0062552E"/>
     <w:rsid w:val="00635B33"/>
     <w:rsid w:val="00642D68"/>
     <w:rsid w:val="00646263"/>
     <w:rsid w:val="00656549"/>
     <w:rsid w:val="00663066"/>
     <w:rsid w:val="00665A0F"/>
     <w:rsid w:val="0067495B"/>
     <w:rsid w:val="00681A78"/>
     <w:rsid w:val="006866A2"/>
     <w:rsid w:val="00686FEC"/>
+    <w:rsid w:val="00690587"/>
     <w:rsid w:val="0069384C"/>
+    <w:rsid w:val="006B6830"/>
     <w:rsid w:val="006C1B14"/>
     <w:rsid w:val="006D0194"/>
     <w:rsid w:val="006D0B75"/>
     <w:rsid w:val="006D3D4F"/>
     <w:rsid w:val="006E19D6"/>
     <w:rsid w:val="006E58FA"/>
+    <w:rsid w:val="006E6D0C"/>
     <w:rsid w:val="00700830"/>
     <w:rsid w:val="0070278D"/>
     <w:rsid w:val="00703E87"/>
+    <w:rsid w:val="00704F5D"/>
     <w:rsid w:val="00730DA1"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="0074326F"/>
     <w:rsid w:val="0075046E"/>
     <w:rsid w:val="00774EC6"/>
     <w:rsid w:val="007765CB"/>
     <w:rsid w:val="00781886"/>
     <w:rsid w:val="00791607"/>
+    <w:rsid w:val="00797067"/>
     <w:rsid w:val="007B03F3"/>
     <w:rsid w:val="007B57BB"/>
     <w:rsid w:val="007D18A3"/>
     <w:rsid w:val="007D7DA4"/>
     <w:rsid w:val="007E3A19"/>
     <w:rsid w:val="007F4B64"/>
     <w:rsid w:val="0080381D"/>
     <w:rsid w:val="008110C7"/>
     <w:rsid w:val="00821409"/>
     <w:rsid w:val="0082674E"/>
     <w:rsid w:val="00836E8E"/>
     <w:rsid w:val="00851B15"/>
     <w:rsid w:val="008575DF"/>
     <w:rsid w:val="008712A5"/>
     <w:rsid w:val="008715A1"/>
+    <w:rsid w:val="0088148F"/>
     <w:rsid w:val="0089501D"/>
     <w:rsid w:val="00895C0E"/>
     <w:rsid w:val="008A16BC"/>
     <w:rsid w:val="008B242E"/>
     <w:rsid w:val="008B36E5"/>
     <w:rsid w:val="008B4CC1"/>
     <w:rsid w:val="008C4E59"/>
     <w:rsid w:val="008C7909"/>
     <w:rsid w:val="008D40A9"/>
     <w:rsid w:val="008D6E9A"/>
     <w:rsid w:val="008E1D91"/>
     <w:rsid w:val="008E6865"/>
     <w:rsid w:val="008F0A3E"/>
     <w:rsid w:val="0090764E"/>
     <w:rsid w:val="009267D2"/>
     <w:rsid w:val="00933224"/>
     <w:rsid w:val="009531CF"/>
     <w:rsid w:val="009557AD"/>
     <w:rsid w:val="00962775"/>
     <w:rsid w:val="00962BAD"/>
+    <w:rsid w:val="009637A0"/>
     <w:rsid w:val="00976A37"/>
     <w:rsid w:val="00993397"/>
     <w:rsid w:val="00993B23"/>
     <w:rsid w:val="009950A3"/>
     <w:rsid w:val="00997E4A"/>
     <w:rsid w:val="009A43C9"/>
     <w:rsid w:val="009A5B3E"/>
     <w:rsid w:val="009B4ED0"/>
     <w:rsid w:val="009B6A14"/>
     <w:rsid w:val="009C4555"/>
     <w:rsid w:val="009D1576"/>
     <w:rsid w:val="009D241E"/>
+    <w:rsid w:val="009F2DE6"/>
     <w:rsid w:val="009F39C0"/>
     <w:rsid w:val="009F5574"/>
     <w:rsid w:val="00A03458"/>
     <w:rsid w:val="00A17660"/>
     <w:rsid w:val="00A21C47"/>
     <w:rsid w:val="00A42301"/>
     <w:rsid w:val="00A44E7F"/>
     <w:rsid w:val="00A47021"/>
     <w:rsid w:val="00A47700"/>
     <w:rsid w:val="00A53DFB"/>
     <w:rsid w:val="00A5793A"/>
     <w:rsid w:val="00A66392"/>
+    <w:rsid w:val="00A70633"/>
     <w:rsid w:val="00A80FD8"/>
     <w:rsid w:val="00A83137"/>
     <w:rsid w:val="00A851C1"/>
     <w:rsid w:val="00A939D3"/>
     <w:rsid w:val="00AB3F03"/>
     <w:rsid w:val="00AD4E6E"/>
     <w:rsid w:val="00AE7D82"/>
     <w:rsid w:val="00AF0221"/>
     <w:rsid w:val="00B01BF2"/>
     <w:rsid w:val="00B070AD"/>
     <w:rsid w:val="00B16F67"/>
     <w:rsid w:val="00B20CCB"/>
     <w:rsid w:val="00B413DE"/>
     <w:rsid w:val="00B546D9"/>
     <w:rsid w:val="00B85CBD"/>
     <w:rsid w:val="00BA197F"/>
     <w:rsid w:val="00BA1D1C"/>
     <w:rsid w:val="00BA64AA"/>
     <w:rsid w:val="00BC39E4"/>
     <w:rsid w:val="00BC446B"/>
     <w:rsid w:val="00BC52EB"/>
     <w:rsid w:val="00BD176F"/>
     <w:rsid w:val="00BE37A6"/>
     <w:rsid w:val="00BF1EEF"/>
     <w:rsid w:val="00C00265"/>
@@ -5718,64 +5505,67 @@
     <w:rsid w:val="00D73FCD"/>
     <w:rsid w:val="00D92B35"/>
     <w:rsid w:val="00D92CE1"/>
     <w:rsid w:val="00D95504"/>
     <w:rsid w:val="00DD3341"/>
     <w:rsid w:val="00DD6586"/>
     <w:rsid w:val="00DE4F61"/>
     <w:rsid w:val="00DF03E5"/>
     <w:rsid w:val="00DF1B18"/>
     <w:rsid w:val="00E072A1"/>
     <w:rsid w:val="00E120E6"/>
     <w:rsid w:val="00E210F9"/>
     <w:rsid w:val="00E252C5"/>
     <w:rsid w:val="00E3033A"/>
     <w:rsid w:val="00E34693"/>
     <w:rsid w:val="00E40BF7"/>
     <w:rsid w:val="00E41FB0"/>
     <w:rsid w:val="00E4593C"/>
     <w:rsid w:val="00E45F3E"/>
     <w:rsid w:val="00E46EB3"/>
     <w:rsid w:val="00E63EAE"/>
     <w:rsid w:val="00E675CB"/>
     <w:rsid w:val="00E71A92"/>
     <w:rsid w:val="00E73075"/>
     <w:rsid w:val="00E747D1"/>
+    <w:rsid w:val="00E77565"/>
     <w:rsid w:val="00E9147C"/>
     <w:rsid w:val="00E91E28"/>
     <w:rsid w:val="00E94E5B"/>
     <w:rsid w:val="00E96474"/>
     <w:rsid w:val="00E96A9E"/>
     <w:rsid w:val="00EB553E"/>
     <w:rsid w:val="00EE2BF3"/>
     <w:rsid w:val="00EE4C46"/>
     <w:rsid w:val="00F043D1"/>
     <w:rsid w:val="00F1205E"/>
     <w:rsid w:val="00F136E9"/>
     <w:rsid w:val="00F27A05"/>
     <w:rsid w:val="00F331CA"/>
+    <w:rsid w:val="00F45B5C"/>
     <w:rsid w:val="00F56200"/>
+    <w:rsid w:val="00F56830"/>
     <w:rsid w:val="00F5684D"/>
     <w:rsid w:val="00F6181C"/>
     <w:rsid w:val="00F62D6E"/>
     <w:rsid w:val="00F62E11"/>
     <w:rsid w:val="00F646D2"/>
     <w:rsid w:val="00F7108A"/>
     <w:rsid w:val="00F724BC"/>
     <w:rsid w:val="00F76B91"/>
     <w:rsid w:val="00F77F79"/>
     <w:rsid w:val="00F807D4"/>
     <w:rsid w:val="00F819F0"/>
     <w:rsid w:val="00F86EE0"/>
     <w:rsid w:val="00F95B7B"/>
     <w:rsid w:val="00F97234"/>
     <w:rsid w:val="00FC7416"/>
     <w:rsid w:val="00FD6B4A"/>
     <w:rsid w:val="00FE052B"/>
     <w:rsid w:val="00FE3619"/>
     <w:rsid w:val="00FF5D1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -7267,63 +7057,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1957640057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/propagation/micropropagation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/propagation/micropropagation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -7622,75 +7404,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F1A0C63-08BB-4FFA-BE19-41F9D39C6B44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1088</Words>
-  <Characters>6205</Characters>
+  <Words>1170</Words>
+  <Characters>6241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>141</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plant Research Journal, 00(00), 00-00                                                                                                                           ©The Authors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7279</CharactersWithSpaces>
+  <CharactersWithSpaces>7384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Plant Research Journal, 00(00), 00-00                                                                                                                           ©The Authors</dc:title>
   <dc:subject/>
   <dc:creator>16948</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7d122332-05c9-446f-8240-16ad23a1838f</vt:lpwstr>